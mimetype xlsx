--- v0 (2025-10-28)
+++ v1 (2026-02-16)
@@ -17,83 +17,83 @@
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20404"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\ANIM_TSA\DOKUMEN RTSA SABAH 15 &amp; 17 DISEMBER 2021\WS RTSA SABAH\Publication\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EC98AAEE-1001-4D26-BCB2-27CC85C08E30}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{37D18A34-F458-4866-8AA4-59C752C06000}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11025" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="1.1-1.2" sheetId="19" r:id="rId1"/>
     <sheet name="1.3-1.4" sheetId="20" r:id="rId2"/>
     <sheet name="2.1" sheetId="5" r:id="rId3"/>
     <sheet name="2.2" sheetId="6" r:id="rId4"/>
     <sheet name="3.1-3.2" sheetId="7" r:id="rId5"/>
     <sheet name="3.3-3.4" sheetId="8" r:id="rId6"/>
     <sheet name="4.1" sheetId="9" r:id="rId7"/>
     <sheet name="4.2" sheetId="17" r:id="rId8"/>
     <sheet name="4.3" sheetId="18" r:id="rId9"/>
     <sheet name="5.1-5.2" sheetId="15" r:id="rId10"/>
     <sheet name="6.1-6.4" sheetId="14" r:id="rId11"/>
     <sheet name="6.5" sheetId="13" r:id="rId12"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'1.1-1.2'!$A$1:$I$28</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'1.3-1.4'!$A$1:$Q$26</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'2.1'!$A$1:$I$26</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'2.2'!$A$1:$I$16</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="4">'3.1-3.2'!$A$1:$I$24</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="5">'3.3-3.4'!$A$1:$J$30</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="6">'4.1'!$A$1:$I$22</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="7">'4.2'!$A$1:$I$22</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="8">'4.3'!$A$1:$I$22</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="9">'5.1-5.2'!$A$1:$F$36</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="10">'6.1-6.4'!$A$1:$L$43</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="11">'6.5'!$A$1:$K$42</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="191029" fullPrecision="0"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="F16" i="15" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="376" uniqueCount="147">
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
@@ -4111,313 +4111,313 @@
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="3" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="3" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="3" fontId="3" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="3"/>
     </xf>
     <xf numFmtId="3" fontId="3" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="3" fillId="4" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="3" fontId="3" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="2"/>
     </xf>
     <xf numFmtId="3" fontId="3" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="3" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="3" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="1" fontId="3" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="3" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="distributed"/>
+    </xf>
+    <xf numFmtId="165" fontId="3" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="distributed"/>
     </xf>
     <xf numFmtId="3" fontId="21" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="165" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="165" fontId="3" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="3" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="distributed"/>
     </xf>
     <xf numFmtId="165" fontId="3" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="distributed"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...28 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="justify" vertical="center"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="distributed"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="distributed"/>
+    </xf>
+    <xf numFmtId="3" fontId="3" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="169" fontId="3" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="distributed"/>
+    </xf>
+    <xf numFmtId="169" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="distributed"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="distributed"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="distributed"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="7"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="7"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="6"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...34 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="21" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="3" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="3" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="6" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="3" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="3" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...35 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="28" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="39" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 3 5 2 5 5" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal 3 5 2 5 5 2 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Normal 816 3" xfId="4" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFF0FBFE"/>
       <color rgb="FFD1F3FF"/>
       <color rgb="FFC1EFFB"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
@@ -4768,798 +4768,798 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{81A94295-9B49-4AB7-A982-89F632119360}">
   <dimension ref="A1:Q28"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:K1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="35.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="12.7109375" style="1" customWidth="1"/>
     <col min="3" max="6" width="6.7109375" style="1" customWidth="1"/>
     <col min="7" max="9" width="12.7109375" style="1" customWidth="1"/>
     <col min="10" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" s="174" customFormat="1" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="210" t="s">
+      <c r="A1" s="196" t="s">
         <v>102</v>
       </c>
-      <c r="B1" s="210"/>
-[...6 lines deleted...]
-      <c r="I1" s="210"/>
+      <c r="B1" s="196"/>
+      <c r="C1" s="196"/>
+      <c r="D1" s="196"/>
+      <c r="E1" s="196"/>
+      <c r="F1" s="196"/>
+      <c r="G1" s="196"/>
+      <c r="H1" s="196"/>
+      <c r="I1" s="196"/>
     </row>
     <row r="2" spans="1:17" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="12"/>
       <c r="B2" s="12"/>
       <c r="C2" s="12"/>
       <c r="D2" s="12"/>
     </row>
     <row r="3" spans="1:17" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="205" t="s">
+      <c r="A3" s="197" t="s">
         <v>134</v>
       </c>
-      <c r="B3" s="205"/>
-[...6 lines deleted...]
-      <c r="I3" s="206"/>
+      <c r="B3" s="197"/>
+      <c r="C3" s="197"/>
+      <c r="D3" s="197"/>
+      <c r="E3" s="197"/>
+      <c r="F3" s="197"/>
+      <c r="G3" s="198"/>
+      <c r="H3" s="198"/>
+      <c r="I3" s="198"/>
     </row>
     <row r="4" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="207" t="s">
+      <c r="A4" s="199" t="s">
         <v>98</v>
       </c>
-      <c r="B4" s="207"/>
-[...6 lines deleted...]
-      <c r="I4" s="207"/>
+      <c r="B4" s="199"/>
+      <c r="C4" s="199"/>
+      <c r="D4" s="199"/>
+      <c r="E4" s="199"/>
+      <c r="F4" s="199"/>
+      <c r="G4" s="199"/>
+      <c r="H4" s="199"/>
+      <c r="I4" s="199"/>
     </row>
     <row r="5" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="208"/>
-      <c r="B5" s="209" t="s">
+      <c r="A5" s="200"/>
+      <c r="B5" s="201" t="s">
         <v>2</v>
       </c>
-      <c r="C5" s="209"/>
-[...3 lines deleted...]
-      <c r="G5" s="201" t="s">
+      <c r="C5" s="201"/>
+      <c r="D5" s="201"/>
+      <c r="E5" s="201"/>
+      <c r="F5" s="201"/>
+      <c r="G5" s="202" t="s">
         <v>3</v>
       </c>
-      <c r="H5" s="202"/>
-      <c r="I5" s="202"/>
+      <c r="H5" s="203"/>
+      <c r="I5" s="203"/>
     </row>
     <row r="6" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="208"/>
+      <c r="A6" s="200"/>
       <c r="B6" s="140">
         <v>2020</v>
       </c>
-      <c r="C6" s="203">
+      <c r="C6" s="204">
         <v>2021</v>
       </c>
-      <c r="D6" s="203"/>
-      <c r="E6" s="203">
+      <c r="D6" s="204"/>
+      <c r="E6" s="204">
         <v>2022</v>
       </c>
-      <c r="F6" s="203"/>
+      <c r="F6" s="204"/>
       <c r="G6" s="146">
         <v>2020</v>
       </c>
       <c r="H6" s="140">
         <v>2021</v>
       </c>
       <c r="I6" s="140">
         <v>2022</v>
       </c>
     </row>
     <row r="7" spans="1:17" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="143" t="s">
         <v>103</v>
       </c>
       <c r="B7" s="133">
         <v>32447.4</v>
       </c>
-      <c r="C7" s="196">
+      <c r="C7" s="205">
         <v>32576.3</v>
       </c>
-      <c r="D7" s="196"/>
-      <c r="E7" s="196">
+      <c r="D7" s="205"/>
+      <c r="E7" s="205">
         <v>32698.1</v>
       </c>
-      <c r="F7" s="196"/>
+      <c r="F7" s="205"/>
       <c r="G7" s="24">
         <v>3418.8</v>
       </c>
       <c r="H7" s="133">
         <v>3412.6</v>
       </c>
       <c r="I7" s="133">
         <v>3414.9</v>
       </c>
       <c r="L7" s="108"/>
     </row>
     <row r="8" spans="1:17" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="13" t="s">
         <v>0</v>
       </c>
       <c r="B8" s="134">
         <v>16966.2</v>
       </c>
-      <c r="C8" s="197">
+      <c r="C8" s="206">
         <v>17000.5</v>
       </c>
-      <c r="D8" s="197"/>
-      <c r="E8" s="197">
+      <c r="D8" s="206"/>
+      <c r="E8" s="206">
         <v>17039.8</v>
       </c>
-      <c r="F8" s="197">
+      <c r="F8" s="206">
         <v>17039.8</v>
       </c>
       <c r="G8" s="25">
         <v>1779.8</v>
       </c>
       <c r="H8" s="134">
         <v>1779.5</v>
       </c>
       <c r="I8" s="134">
         <v>1779.1</v>
       </c>
       <c r="L8" s="134"/>
     </row>
     <row r="9" spans="1:17" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="14" t="s">
         <v>1</v>
       </c>
       <c r="B9" s="141">
         <v>15481.2</v>
       </c>
-      <c r="C9" s="204">
+      <c r="C9" s="207">
         <v>15575.8</v>
       </c>
-      <c r="D9" s="204"/>
-      <c r="E9" s="204">
+      <c r="D9" s="207"/>
+      <c r="E9" s="207">
         <v>15658.3</v>
       </c>
-      <c r="F9" s="204">
+      <c r="F9" s="207">
         <v>15658.3</v>
       </c>
       <c r="G9" s="65">
         <v>1639</v>
       </c>
       <c r="H9" s="141">
         <v>1633.1</v>
       </c>
       <c r="I9" s="141">
         <v>1635.9</v>
       </c>
       <c r="J9" s="6"/>
     </row>
     <row r="10" spans="1:17" ht="3" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="7"/>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="7"/>
       <c r="F10" s="7"/>
       <c r="G10" s="8"/>
       <c r="H10" s="8"/>
       <c r="I10" s="8"/>
     </row>
     <row r="11" spans="1:17" ht="65.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="199" t="s">
+      <c r="A11" s="208" t="s">
         <v>132</v>
       </c>
-      <c r="B11" s="199"/>
-[...6 lines deleted...]
-      <c r="I11" s="199"/>
+      <c r="B11" s="208"/>
+      <c r="C11" s="208"/>
+      <c r="D11" s="208"/>
+      <c r="E11" s="208"/>
+      <c r="F11" s="208"/>
+      <c r="G11" s="208"/>
+      <c r="H11" s="208"/>
+      <c r="I11" s="208"/>
       <c r="J11" s="131"/>
       <c r="K11" s="131"/>
       <c r="L11" s="131"/>
       <c r="M11" s="131"/>
       <c r="N11" s="131"/>
       <c r="O11" s="131"/>
       <c r="P11" s="131"/>
       <c r="Q11" s="131"/>
     </row>
     <row r="12" spans="1:17" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="199" t="s">
+      <c r="A12" s="208" t="s">
         <v>104</v>
       </c>
-      <c r="B12" s="199"/>
+      <c r="B12" s="208"/>
       <c r="C12" s="136"/>
       <c r="D12" s="136"/>
       <c r="E12" s="136"/>
       <c r="F12" s="136"/>
       <c r="G12" s="138"/>
       <c r="H12" s="138"/>
       <c r="I12" s="138"/>
     </row>
     <row r="13" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="E13" s="19"/>
       <c r="F13" s="19"/>
       <c r="G13" s="142"/>
       <c r="H13" s="142"/>
       <c r="I13" s="142"/>
     </row>
     <row r="14" spans="1:17" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="205" t="s">
+      <c r="A14" s="197" t="s">
         <v>135</v>
       </c>
-      <c r="B14" s="205"/>
-[...6 lines deleted...]
-      <c r="I14" s="206"/>
+      <c r="B14" s="197"/>
+      <c r="C14" s="197"/>
+      <c r="D14" s="197"/>
+      <c r="E14" s="197"/>
+      <c r="F14" s="197"/>
+      <c r="G14" s="198"/>
+      <c r="H14" s="198"/>
+      <c r="I14" s="198"/>
     </row>
     <row r="15" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="207" t="s">
+      <c r="A15" s="199" t="s">
         <v>98</v>
       </c>
-      <c r="B15" s="207"/>
-[...6 lines deleted...]
-      <c r="I15" s="207"/>
+      <c r="B15" s="199"/>
+      <c r="C15" s="199"/>
+      <c r="D15" s="199"/>
+      <c r="E15" s="199"/>
+      <c r="F15" s="199"/>
+      <c r="G15" s="199"/>
+      <c r="H15" s="199"/>
+      <c r="I15" s="199"/>
     </row>
     <row r="16" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="208"/>
-      <c r="B16" s="209" t="s">
+      <c r="A16" s="200"/>
+      <c r="B16" s="201" t="s">
         <v>2</v>
       </c>
-      <c r="C16" s="209"/>
-[...3 lines deleted...]
-      <c r="G16" s="201" t="s">
+      <c r="C16" s="201"/>
+      <c r="D16" s="201"/>
+      <c r="E16" s="201"/>
+      <c r="F16" s="201"/>
+      <c r="G16" s="202" t="s">
         <v>3</v>
       </c>
-      <c r="H16" s="202"/>
-      <c r="I16" s="202"/>
+      <c r="H16" s="203"/>
+      <c r="I16" s="203"/>
     </row>
     <row r="17" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="208"/>
+      <c r="A17" s="200"/>
       <c r="B17" s="140">
         <v>2020</v>
       </c>
-      <c r="C17" s="203">
+      <c r="C17" s="204">
         <v>2021</v>
       </c>
-      <c r="D17" s="203"/>
-      <c r="E17" s="203">
+      <c r="D17" s="204"/>
+      <c r="E17" s="204">
         <v>2022</v>
       </c>
-      <c r="F17" s="203"/>
+      <c r="F17" s="204"/>
       <c r="G17" s="146">
         <v>2020</v>
       </c>
       <c r="H17" s="140">
         <v>2021</v>
       </c>
       <c r="I17" s="140">
         <v>2022</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="143" t="s">
         <v>18</v>
       </c>
       <c r="B18" s="133">
         <v>32447.4</v>
       </c>
-      <c r="C18" s="196">
+      <c r="C18" s="205">
         <v>32576.3</v>
       </c>
-      <c r="D18" s="196"/>
-      <c r="E18" s="196">
+      <c r="D18" s="205"/>
+      <c r="E18" s="205">
         <v>32698.1</v>
       </c>
-      <c r="F18" s="196"/>
+      <c r="F18" s="205"/>
       <c r="G18" s="24">
         <v>3418.8</v>
       </c>
       <c r="H18" s="133">
         <v>3412.6</v>
       </c>
       <c r="I18" s="133">
         <v>3414.9</v>
       </c>
       <c r="J18" s="6"/>
       <c r="K18" s="137"/>
     </row>
     <row r="19" spans="1:11" ht="35.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="13" t="s">
         <v>4</v>
       </c>
       <c r="B19" s="133">
         <v>29756.3</v>
       </c>
-      <c r="C19" s="196">
+      <c r="C19" s="205">
         <v>30016.799999999999</v>
       </c>
-      <c r="D19" s="196"/>
-      <c r="E19" s="196">
+      <c r="D19" s="205"/>
+      <c r="E19" s="205">
         <v>30198.2</v>
       </c>
-      <c r="F19" s="196">
+      <c r="F19" s="205">
         <v>30198.2</v>
       </c>
       <c r="G19" s="24">
         <v>2608.3000000000002</v>
       </c>
       <c r="H19" s="133">
         <v>2633.2</v>
       </c>
       <c r="I19" s="133">
         <v>2650.8</v>
       </c>
       <c r="J19" s="5"/>
       <c r="K19" s="5"/>
     </row>
     <row r="20" spans="1:11" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="54" t="s">
         <v>5</v>
       </c>
       <c r="B20" s="134">
         <v>20649.5</v>
       </c>
-      <c r="C20" s="197">
+      <c r="C20" s="206">
         <v>20891.7</v>
       </c>
-      <c r="D20" s="197"/>
-      <c r="E20" s="197">
+      <c r="D20" s="206"/>
+      <c r="E20" s="206">
         <v>21108.5</v>
       </c>
-      <c r="F20" s="197">
+      <c r="F20" s="206">
         <v>21108.5</v>
       </c>
       <c r="G20" s="25">
         <v>2313.5</v>
       </c>
       <c r="H20" s="134">
         <v>2338.3000000000002</v>
       </c>
       <c r="I20" s="134">
         <v>2356.6</v>
       </c>
       <c r="K20" s="6"/>
     </row>
     <row r="21" spans="1:11" ht="35.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="54" t="s">
         <v>6</v>
       </c>
       <c r="B21" s="134">
         <v>6892.4</v>
       </c>
-      <c r="C21" s="197">
+      <c r="C21" s="206">
         <v>6903.9</v>
       </c>
-      <c r="D21" s="197"/>
-      <c r="E21" s="197">
+      <c r="D21" s="206"/>
+      <c r="E21" s="206">
         <v>6885.2</v>
       </c>
-      <c r="F21" s="197">
+      <c r="F21" s="206">
         <v>6885.2</v>
       </c>
       <c r="G21" s="25">
         <v>247.9</v>
       </c>
       <c r="H21" s="134">
         <v>247.5</v>
       </c>
       <c r="I21" s="134">
         <v>246.5</v>
       </c>
       <c r="J21" s="5"/>
       <c r="K21" s="5"/>
     </row>
     <row r="22" spans="1:11" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="54" t="s">
         <v>7</v>
       </c>
       <c r="B22" s="134">
         <v>1998.8</v>
       </c>
-      <c r="C22" s="197">
+      <c r="C22" s="206">
         <v>2011.1</v>
       </c>
-      <c r="D22" s="197"/>
-      <c r="E22" s="197">
+      <c r="D22" s="206"/>
+      <c r="E22" s="206">
         <v>1993.1</v>
       </c>
-      <c r="F22" s="197">
+      <c r="F22" s="206">
         <v>1993.1</v>
       </c>
       <c r="G22" s="25">
         <v>6</v>
       </c>
       <c r="H22" s="134">
         <v>5.3</v>
       </c>
       <c r="I22" s="134">
         <v>5.3</v>
       </c>
       <c r="K22" s="137"/>
     </row>
     <row r="23" spans="1:11" ht="35.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="54" t="s">
         <v>8</v>
       </c>
       <c r="B23" s="134">
         <v>215.6</v>
       </c>
-      <c r="C23" s="197">
+      <c r="C23" s="206">
         <v>210.1</v>
       </c>
-      <c r="D23" s="197"/>
-      <c r="E23" s="197">
+      <c r="D23" s="206"/>
+      <c r="E23" s="206">
         <v>211.4</v>
       </c>
-      <c r="F23" s="197">
+      <c r="F23" s="206">
         <v>211.4</v>
       </c>
       <c r="G23" s="25">
         <v>40</v>
       </c>
       <c r="H23" s="134">
         <v>42.1</v>
       </c>
       <c r="I23" s="134">
         <v>42.4</v>
       </c>
       <c r="J23" s="5"/>
       <c r="K23" s="5"/>
     </row>
     <row r="24" spans="1:11" ht="35.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A24" s="14" t="s">
         <v>9</v>
       </c>
       <c r="B24" s="132">
         <v>2691.1</v>
       </c>
-      <c r="C24" s="200">
+      <c r="C24" s="210">
         <v>2559.5</v>
       </c>
-      <c r="D24" s="200"/>
-      <c r="E24" s="200">
+      <c r="D24" s="210"/>
+      <c r="E24" s="210">
         <v>2500</v>
       </c>
-      <c r="F24" s="200"/>
+      <c r="F24" s="210"/>
       <c r="G24" s="70">
         <v>810.4</v>
       </c>
       <c r="H24" s="132">
         <v>779.5</v>
       </c>
       <c r="I24" s="132">
         <v>764.2</v>
       </c>
       <c r="J24" s="5"/>
       <c r="K24" s="5"/>
     </row>
     <row r="25" spans="1:11" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="7"/>
       <c r="B25" s="7"/>
       <c r="C25" s="7"/>
       <c r="D25" s="7"/>
       <c r="E25" s="7"/>
       <c r="F25" s="7"/>
       <c r="G25" s="8"/>
       <c r="H25" s="8"/>
       <c r="I25" s="8"/>
       <c r="K25" s="5"/>
     </row>
     <row r="26" spans="1:11" ht="65.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="199" t="s">
+      <c r="A26" s="208" t="s">
         <v>133</v>
       </c>
-      <c r="B26" s="199"/>
-[...6 lines deleted...]
-      <c r="I26" s="199"/>
+      <c r="B26" s="208"/>
+      <c r="C26" s="208"/>
+      <c r="D26" s="208"/>
+      <c r="E26" s="208"/>
+      <c r="F26" s="208"/>
+      <c r="G26" s="208"/>
+      <c r="H26" s="208"/>
+      <c r="I26" s="208"/>
     </row>
     <row r="27" spans="1:11" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="199" t="s">
+      <c r="A27" s="208" t="s">
         <v>104</v>
       </c>
-      <c r="B27" s="199"/>
+      <c r="B27" s="208"/>
       <c r="E27" s="19"/>
       <c r="F27" s="19"/>
       <c r="G27" s="142"/>
       <c r="H27" s="142"/>
       <c r="I27" s="142"/>
-      <c r="J27" s="198"/>
-      <c r="K27" s="198"/>
+      <c r="J27" s="209"/>
+      <c r="K27" s="209"/>
     </row>
     <row r="28" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="40">
-    <mergeCell ref="A1:I1"/>
-[...6 lines deleted...]
-    <mergeCell ref="E6:F6"/>
+    <mergeCell ref="C18:D18"/>
+    <mergeCell ref="E18:F18"/>
+    <mergeCell ref="C19:D19"/>
+    <mergeCell ref="E19:F19"/>
+    <mergeCell ref="C20:D20"/>
+    <mergeCell ref="E20:F20"/>
+    <mergeCell ref="J27:K27"/>
+    <mergeCell ref="C21:D21"/>
+    <mergeCell ref="E21:F21"/>
+    <mergeCell ref="C22:D22"/>
+    <mergeCell ref="E22:F22"/>
+    <mergeCell ref="C23:D23"/>
+    <mergeCell ref="E23:F23"/>
+    <mergeCell ref="A26:I26"/>
+    <mergeCell ref="C24:D24"/>
+    <mergeCell ref="E24:F24"/>
+    <mergeCell ref="A27:B27"/>
     <mergeCell ref="G16:I16"/>
     <mergeCell ref="C17:D17"/>
     <mergeCell ref="E17:F17"/>
     <mergeCell ref="C7:D7"/>
     <mergeCell ref="E7:F7"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="E8:F8"/>
     <mergeCell ref="C9:D9"/>
     <mergeCell ref="E9:F9"/>
     <mergeCell ref="A11:I11"/>
     <mergeCell ref="A12:B12"/>
     <mergeCell ref="A14:I14"/>
     <mergeCell ref="A15:I15"/>
     <mergeCell ref="A16:A17"/>
     <mergeCell ref="B16:F16"/>
-    <mergeCell ref="J27:K27"/>
-[...15 lines deleted...]
-    <mergeCell ref="E20:F20"/>
+    <mergeCell ref="A1:I1"/>
+    <mergeCell ref="A3:I3"/>
+    <mergeCell ref="A4:I4"/>
+    <mergeCell ref="A5:A6"/>
+    <mergeCell ref="B5:F5"/>
+    <mergeCell ref="G5:I5"/>
+    <mergeCell ref="C6:D6"/>
+    <mergeCell ref="E6:F6"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.31496062992125984" top="0.51181102362204722" bottom="0.51181102362204722" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="80" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
   <dimension ref="A1:U36"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection sqref="A1:F1"/>
+      <selection sqref="A1:K1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="35.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="12.7109375" style="1" customWidth="1"/>
     <col min="3" max="6" width="14.7109375" style="1" customWidth="1"/>
     <col min="7" max="8" width="5.7109375" style="1" customWidth="1"/>
     <col min="9" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="210" t="s">
+      <c r="A1" s="196" t="s">
         <v>121</v>
       </c>
-      <c r="B1" s="210"/>
-[...3 lines deleted...]
-      <c r="F1" s="210"/>
+      <c r="B1" s="196"/>
+      <c r="C1" s="196"/>
+      <c r="D1" s="196"/>
+      <c r="E1" s="196"/>
+      <c r="F1" s="196"/>
     </row>
     <row r="2" spans="1:8" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="205" t="s">
+      <c r="A2" s="197" t="s">
         <v>92</v>
       </c>
-      <c r="B2" s="205"/>
-[...3 lines deleted...]
-      <c r="F2" s="205"/>
+      <c r="B2" s="197"/>
+      <c r="C2" s="197"/>
+      <c r="D2" s="197"/>
+      <c r="E2" s="197"/>
+      <c r="F2" s="197"/>
     </row>
     <row r="3" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="207" t="s">
+      <c r="A3" s="199" t="s">
         <v>120</v>
       </c>
-      <c r="B3" s="207"/>
-[...3 lines deleted...]
-      <c r="F3" s="207"/>
+      <c r="B3" s="199"/>
+      <c r="C3" s="199"/>
+      <c r="D3" s="199"/>
+      <c r="E3" s="199"/>
+      <c r="F3" s="199"/>
     </row>
     <row r="4" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="208"/>
+      <c r="A4" s="200"/>
       <c r="B4" s="89"/>
-      <c r="C4" s="209" t="s">
+      <c r="C4" s="201" t="s">
         <v>2</v>
       </c>
-      <c r="D4" s="209"/>
-[...1 lines deleted...]
-      <c r="F4" s="209"/>
+      <c r="D4" s="201"/>
+      <c r="E4" s="201"/>
+      <c r="F4" s="201"/>
     </row>
     <row r="5" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="208"/>
+      <c r="A5" s="200"/>
       <c r="B5" s="89"/>
       <c r="C5" s="114">
         <v>2019</v>
       </c>
       <c r="D5" s="114">
         <v>2020</v>
       </c>
       <c r="E5" s="114">
         <v>2021</v>
       </c>
       <c r="F5" s="114" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="6" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="27" t="s">
         <v>99</v>
       </c>
       <c r="B6" s="91"/>
       <c r="C6" s="76">
         <v>1844483</v>
       </c>
       <c r="D6" s="76">
         <v>1784308</v>
       </c>
       <c r="E6" s="76">
         <v>2228366</v>
       </c>
       <c r="F6" s="76">
-        <v>2843820.6667900002</v>
+        <v>2843821</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="13" t="s">
         <v>97</v>
       </c>
       <c r="B7" s="13"/>
       <c r="C7" s="75">
         <v>849411</v>
       </c>
       <c r="D7" s="75">
         <v>800481</v>
       </c>
       <c r="E7" s="75">
         <v>987344</v>
       </c>
       <c r="F7" s="75">
-        <v>1293811.392156</v>
+        <v>1293811</v>
       </c>
       <c r="H7" s="107"/>
     </row>
     <row r="8" spans="1:8" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A8" s="14" t="s">
         <v>96</v>
       </c>
       <c r="B8" s="14"/>
       <c r="C8" s="77">
         <v>995072</v>
       </c>
       <c r="D8" s="77">
         <v>983827</v>
       </c>
       <c r="E8" s="77">
         <v>1241022</v>
       </c>
       <c r="F8" s="77">
-        <v>1550009.2746339999</v>
+        <v>1550009</v>
       </c>
       <c r="G8" s="6"/>
     </row>
     <row r="9" spans="1:8" ht="3" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="7"/>
       <c r="B9" s="7"/>
       <c r="C9" s="7"/>
       <c r="D9" s="7"/>
       <c r="E9" s="7"/>
       <c r="F9" s="7"/>
     </row>
     <row r="10" spans="1:8" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="231" t="s">
         <v>124</v>
       </c>
       <c r="B10" s="231"/>
       <c r="C10" s="231"/>
     </row>
     <row r="11" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="10"/>
       <c r="B11" s="10"/>
       <c r="C11" s="10"/>
       <c r="D11" s="10"/>
       <c r="E11" s="10"/>
       <c r="F11" s="10"/>
     </row>
     <row r="12" spans="1:8" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="205" t="s">
+      <c r="A12" s="197" t="s">
         <v>91</v>
       </c>
-      <c r="B12" s="205"/>
-[...3 lines deleted...]
-      <c r="F12" s="205"/>
+      <c r="B12" s="197"/>
+      <c r="C12" s="197"/>
+      <c r="D12" s="197"/>
+      <c r="E12" s="197"/>
+      <c r="F12" s="197"/>
     </row>
     <row r="13" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="207" t="s">
+      <c r="A13" s="199" t="s">
         <v>119</v>
       </c>
-      <c r="B13" s="207"/>
-[...3 lines deleted...]
-      <c r="F13" s="207"/>
+      <c r="B13" s="199"/>
+      <c r="C13" s="199"/>
+      <c r="D13" s="199"/>
+      <c r="E13" s="199"/>
+      <c r="F13" s="199"/>
     </row>
     <row r="14" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="208"/>
+      <c r="A14" s="200"/>
       <c r="B14" s="89"/>
-      <c r="C14" s="209" t="s">
+      <c r="C14" s="201" t="s">
         <v>3</v>
       </c>
-      <c r="D14" s="209"/>
-[...1 lines deleted...]
-      <c r="F14" s="209"/>
+      <c r="D14" s="201"/>
+      <c r="E14" s="201"/>
+      <c r="F14" s="201"/>
     </row>
     <row r="15" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="208"/>
+      <c r="A15" s="200"/>
       <c r="B15" s="89"/>
       <c r="C15" s="114">
         <v>2019</v>
       </c>
       <c r="D15" s="114">
         <v>2020</v>
       </c>
       <c r="E15" s="114">
         <v>2021</v>
       </c>
       <c r="F15" s="114" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="16" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="50" t="s">
         <v>99</v>
       </c>
       <c r="B16" s="91"/>
       <c r="C16" s="56">
         <v>47037</v>
       </c>
       <c r="D16" s="56">
         <v>49177</v>
       </c>
@@ -5896,574 +5896,574 @@
       <c r="H33" s="5"/>
     </row>
     <row r="34" spans="1:21" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="231" t="s">
         <v>124</v>
       </c>
       <c r="B34" s="231"/>
       <c r="C34" s="231"/>
       <c r="G34" s="131"/>
       <c r="H34" s="131"/>
       <c r="I34" s="131"/>
       <c r="J34" s="131"/>
       <c r="K34" s="131"/>
       <c r="L34" s="131"/>
       <c r="M34" s="131"/>
       <c r="N34" s="131"/>
       <c r="P34" s="256"/>
       <c r="Q34" s="256"/>
       <c r="R34" s="256"/>
       <c r="S34" s="256"/>
       <c r="T34" s="256"/>
       <c r="U34" s="256"/>
     </row>
     <row r="35" spans="1:21" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F35" s="19"/>
-      <c r="G35" s="198"/>
-      <c r="H35" s="198"/>
+      <c r="G35" s="209"/>
+      <c r="H35" s="209"/>
     </row>
     <row r="36" spans="1:21" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="13">
+    <mergeCell ref="A1:F1"/>
+    <mergeCell ref="A2:F2"/>
+    <mergeCell ref="A3:F3"/>
+    <mergeCell ref="A4:A5"/>
+    <mergeCell ref="C4:F4"/>
     <mergeCell ref="P34:U34"/>
     <mergeCell ref="A34:C34"/>
     <mergeCell ref="A10:C10"/>
     <mergeCell ref="G35:H35"/>
     <mergeCell ref="A12:F12"/>
     <mergeCell ref="A13:F13"/>
     <mergeCell ref="A14:A15"/>
     <mergeCell ref="C14:F14"/>
-    <mergeCell ref="A1:F1"/>
-[...3 lines deleted...]
-    <mergeCell ref="C4:F4"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.39370078740157483" top="0.51181102362204722" bottom="0.51181102362204722" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="80" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <dimension ref="A1:N43"/>
   <sheetViews>
     <sheetView showGridLines="0" topLeftCell="A22" zoomScaleNormal="100" workbookViewId="0">
-      <selection sqref="A1:L1"/>
+      <selection sqref="A1:K1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="25.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="7.7109375" style="1" customWidth="1"/>
     <col min="3" max="3" width="10.7109375" style="1" customWidth="1"/>
     <col min="4" max="5" width="6.7109375" style="1" customWidth="1"/>
     <col min="6" max="6" width="11.7109375" style="1" customWidth="1"/>
     <col min="7" max="8" width="5.7109375" style="1" customWidth="1"/>
     <col min="9" max="11" width="9.28515625" style="1" customWidth="1"/>
     <col min="12" max="12" width="10.28515625" style="1" customWidth="1"/>
     <col min="13" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="210" t="s">
+      <c r="A1" s="196" t="s">
         <v>122</v>
       </c>
-      <c r="B1" s="210"/>
-[...9 lines deleted...]
-      <c r="L1" s="210"/>
+      <c r="B1" s="196"/>
+      <c r="C1" s="196"/>
+      <c r="D1" s="196"/>
+      <c r="E1" s="196"/>
+      <c r="F1" s="196"/>
+      <c r="G1" s="196"/>
+      <c r="H1" s="196"/>
+      <c r="I1" s="196"/>
+      <c r="J1" s="196"/>
+      <c r="K1" s="196"/>
+      <c r="L1" s="196"/>
       <c r="M1" s="83"/>
       <c r="N1" s="83"/>
     </row>
     <row r="2" spans="1:14" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="234" t="s">
+      <c r="A2" s="233" t="s">
         <v>70</v>
       </c>
-      <c r="B2" s="234"/>
-[...9 lines deleted...]
-      <c r="L2" s="235"/>
+      <c r="B2" s="233"/>
+      <c r="C2" s="233"/>
+      <c r="D2" s="233"/>
+      <c r="E2" s="233"/>
+      <c r="F2" s="233"/>
+      <c r="G2" s="233"/>
+      <c r="H2" s="233"/>
+      <c r="I2" s="234"/>
+      <c r="J2" s="234"/>
+      <c r="K2" s="234"/>
+      <c r="L2" s="234"/>
     </row>
     <row r="3" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="207" t="s">
+      <c r="A3" s="199" t="s">
         <v>98</v>
       </c>
-      <c r="B3" s="207"/>
-[...9 lines deleted...]
-      <c r="L3" s="207"/>
+      <c r="B3" s="199"/>
+      <c r="C3" s="199"/>
+      <c r="D3" s="199"/>
+      <c r="E3" s="199"/>
+      <c r="F3" s="199"/>
+      <c r="G3" s="199"/>
+      <c r="H3" s="199"/>
+      <c r="I3" s="199"/>
+      <c r="J3" s="199"/>
+      <c r="K3" s="199"/>
+      <c r="L3" s="199"/>
     </row>
     <row r="4" spans="1:14" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="208"/>
+      <c r="A4" s="200"/>
       <c r="B4" s="2"/>
-      <c r="C4" s="209" t="s">
+      <c r="C4" s="201" t="s">
         <v>2</v>
       </c>
-      <c r="D4" s="209"/>
-[...3 lines deleted...]
-      <c r="H4" s="209"/>
+      <c r="D4" s="201"/>
+      <c r="E4" s="201"/>
+      <c r="F4" s="201"/>
+      <c r="G4" s="201"/>
+      <c r="H4" s="201"/>
       <c r="I4" s="230" t="s">
         <v>3</v>
       </c>
-      <c r="J4" s="220"/>
-[...1 lines deleted...]
-      <c r="L4" s="220"/>
+      <c r="J4" s="211"/>
+      <c r="K4" s="211"/>
+      <c r="L4" s="211"/>
     </row>
     <row r="5" spans="1:14" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="208"/>
+      <c r="A5" s="200"/>
       <c r="B5" s="2"/>
       <c r="C5" s="3">
         <v>2019</v>
       </c>
-      <c r="D5" s="203">
+      <c r="D5" s="204">
         <v>2020</v>
       </c>
-      <c r="E5" s="203"/>
+      <c r="E5" s="204"/>
       <c r="F5" s="3">
         <v>2021</v>
       </c>
-      <c r="G5" s="203">
+      <c r="G5" s="204">
         <v>2022</v>
       </c>
-      <c r="H5" s="261"/>
+      <c r="H5" s="258"/>
       <c r="I5" s="26">
         <v>2019</v>
       </c>
       <c r="J5" s="3">
         <v>2020</v>
       </c>
       <c r="K5" s="3">
         <v>2021</v>
       </c>
       <c r="L5" s="3">
         <v>2022</v>
       </c>
     </row>
     <row r="6" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="212" t="s">
+      <c r="A6" s="226" t="s">
         <v>18</v>
       </c>
-      <c r="B6" s="212"/>
+      <c r="B6" s="226"/>
       <c r="C6" s="18">
         <v>79929.2</v>
       </c>
-      <c r="D6" s="196">
+      <c r="D6" s="205">
         <v>35405</v>
       </c>
-      <c r="E6" s="196"/>
+      <c r="E6" s="205"/>
       <c r="F6" s="18">
         <v>20060.8</v>
       </c>
-      <c r="G6" s="196">
+      <c r="G6" s="205">
         <v>73947.8</v>
       </c>
-      <c r="H6" s="259"/>
+      <c r="H6" s="273"/>
       <c r="I6" s="24">
         <v>7285.8</v>
       </c>
       <c r="J6" s="18">
         <v>1797.7</v>
       </c>
       <c r="K6" s="18">
         <v>1259.2</v>
       </c>
       <c r="L6" s="67">
         <v>5409.1</v>
       </c>
     </row>
     <row r="7" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="262" t="s">
         <v>71</v>
       </c>
       <c r="B7" s="262"/>
       <c r="C7" s="16">
         <v>51093</v>
       </c>
-      <c r="D7" s="197">
+      <c r="D7" s="206">
         <v>30704</v>
       </c>
-      <c r="E7" s="197"/>
+      <c r="E7" s="206"/>
       <c r="F7" s="16">
         <v>19872.099999999999</v>
       </c>
-      <c r="G7" s="197">
+      <c r="G7" s="206">
         <v>60048.6</v>
       </c>
-      <c r="H7" s="260"/>
+      <c r="H7" s="274"/>
       <c r="I7" s="25">
         <v>4228.3999999999996</v>
       </c>
       <c r="J7" s="16">
         <v>1311.4</v>
       </c>
       <c r="K7" s="16">
         <v>1256</v>
       </c>
       <c r="L7" s="68">
         <v>4732</v>
       </c>
     </row>
     <row r="8" spans="1:14" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A8" s="263" t="s">
         <v>72</v>
       </c>
       <c r="B8" s="263"/>
       <c r="C8" s="17">
         <v>28836.2</v>
       </c>
-      <c r="D8" s="204">
+      <c r="D8" s="207">
         <v>4701</v>
       </c>
-      <c r="E8" s="204"/>
+      <c r="E8" s="207"/>
       <c r="F8" s="17">
         <v>188.7</v>
       </c>
-      <c r="G8" s="204">
+      <c r="G8" s="207">
         <v>13899.2</v>
       </c>
       <c r="H8" s="271"/>
       <c r="I8" s="65">
         <v>3057.4</v>
       </c>
       <c r="J8" s="17">
         <v>486.3</v>
       </c>
       <c r="K8" s="17">
         <v>3.2</v>
       </c>
       <c r="L8" s="69">
         <v>677.1</v>
       </c>
     </row>
     <row r="9" spans="1:14" ht="3" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="7"/>
       <c r="B9" s="7"/>
       <c r="C9" s="7"/>
       <c r="D9" s="7"/>
       <c r="E9" s="7"/>
       <c r="F9" s="7"/>
       <c r="G9" s="7"/>
       <c r="H9" s="7"/>
       <c r="I9" s="8"/>
       <c r="J9" s="8"/>
       <c r="K9" s="8"/>
       <c r="L9" s="8"/>
     </row>
     <row r="10" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="231" t="s">
         <v>141</v>
       </c>
       <c r="B10" s="231"/>
       <c r="C10" s="231"/>
       <c r="D10" s="231"/>
       <c r="E10" s="231"/>
       <c r="F10" s="231"/>
       <c r="G10" s="231"/>
       <c r="H10" s="19"/>
       <c r="I10" s="19"/>
-      <c r="J10" s="222"/>
-[...1 lines deleted...]
-      <c r="L10" s="222"/>
+      <c r="J10" s="225"/>
+      <c r="K10" s="225"/>
+      <c r="L10" s="225"/>
     </row>
     <row r="11" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H11" s="19"/>
       <c r="I11" s="19"/>
       <c r="J11" s="9"/>
       <c r="K11" s="9"/>
       <c r="L11" s="9"/>
     </row>
     <row r="12" spans="1:14" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="205" t="s">
+      <c r="A12" s="197" t="s">
         <v>83</v>
       </c>
-      <c r="B12" s="205"/>
-[...9 lines deleted...]
-      <c r="L12" s="206"/>
+      <c r="B12" s="197"/>
+      <c r="C12" s="197"/>
+      <c r="D12" s="197"/>
+      <c r="E12" s="197"/>
+      <c r="F12" s="197"/>
+      <c r="G12" s="197"/>
+      <c r="H12" s="197"/>
+      <c r="I12" s="198"/>
+      <c r="J12" s="198"/>
+      <c r="K12" s="198"/>
+      <c r="L12" s="198"/>
     </row>
     <row r="13" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="207"/>
-[...10 lines deleted...]
-      <c r="L13" s="207"/>
+      <c r="A13" s="199"/>
+      <c r="B13" s="199"/>
+      <c r="C13" s="199"/>
+      <c r="D13" s="199"/>
+      <c r="E13" s="199"/>
+      <c r="F13" s="199"/>
+      <c r="G13" s="199"/>
+      <c r="H13" s="199"/>
+      <c r="I13" s="199"/>
+      <c r="J13" s="199"/>
+      <c r="K13" s="199"/>
+      <c r="L13" s="199"/>
     </row>
     <row r="14" spans="1:14" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="208"/>
+      <c r="A14" s="200"/>
       <c r="B14" s="2"/>
-      <c r="C14" s="209" t="s">
+      <c r="C14" s="201" t="s">
         <v>2</v>
       </c>
-      <c r="D14" s="209"/>
-[...3 lines deleted...]
-      <c r="H14" s="209"/>
+      <c r="D14" s="201"/>
+      <c r="E14" s="201"/>
+      <c r="F14" s="201"/>
+      <c r="G14" s="201"/>
+      <c r="H14" s="201"/>
       <c r="I14" s="230" t="s">
         <v>3</v>
       </c>
-      <c r="J14" s="220"/>
-[...1 lines deleted...]
-      <c r="L14" s="220"/>
+      <c r="J14" s="211"/>
+      <c r="K14" s="211"/>
+      <c r="L14" s="211"/>
     </row>
     <row r="15" spans="1:14" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="208"/>
+      <c r="A15" s="200"/>
       <c r="B15" s="2"/>
       <c r="C15" s="3">
         <v>2019</v>
       </c>
-      <c r="D15" s="203">
+      <c r="D15" s="204">
         <v>2020</v>
       </c>
-      <c r="E15" s="203"/>
+      <c r="E15" s="204"/>
       <c r="F15" s="3">
         <v>2021</v>
       </c>
-      <c r="G15" s="203">
+      <c r="G15" s="204">
         <v>2022</v>
       </c>
-      <c r="H15" s="261"/>
+      <c r="H15" s="258"/>
       <c r="I15" s="26">
         <v>2019</v>
       </c>
       <c r="J15" s="3">
         <v>2020</v>
       </c>
       <c r="K15" s="3">
         <v>2021</v>
       </c>
       <c r="L15" s="3">
         <v>2022</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="212" t="s">
+      <c r="A16" s="226" t="s">
         <v>18</v>
       </c>
-      <c r="B16" s="212"/>
+      <c r="B16" s="226"/>
       <c r="C16" s="56">
         <v>5029</v>
       </c>
       <c r="D16" s="264">
         <v>4798</v>
       </c>
       <c r="E16" s="264"/>
       <c r="F16" s="56">
         <v>5268</v>
       </c>
       <c r="G16" s="267" t="s">
         <v>73</v>
       </c>
       <c r="H16" s="268"/>
       <c r="I16" s="55">
         <v>500</v>
       </c>
       <c r="J16" s="56">
         <v>495</v>
       </c>
       <c r="K16" s="56">
         <v>617</v>
       </c>
       <c r="L16" s="84" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="17" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="262" t="s">
         <v>74</v>
       </c>
       <c r="B17" s="262"/>
       <c r="C17" s="58">
         <v>219</v>
       </c>
       <c r="D17" s="265">
         <v>219</v>
       </c>
       <c r="E17" s="265"/>
       <c r="F17" s="58">
         <v>226</v>
       </c>
-      <c r="G17" s="246">
+      <c r="G17" s="239">
         <v>208</v>
       </c>
       <c r="H17" s="269"/>
       <c r="I17" s="57">
         <v>30</v>
       </c>
       <c r="J17" s="58">
         <v>30</v>
       </c>
       <c r="K17" s="58">
         <v>32</v>
       </c>
       <c r="L17" s="32">
         <v>31</v>
       </c>
     </row>
     <row r="18" spans="1:12" ht="60" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A18" s="263" t="s">
         <v>75</v>
       </c>
       <c r="B18" s="263"/>
       <c r="C18" s="60">
         <v>4810</v>
       </c>
       <c r="D18" s="266">
         <v>4579</v>
       </c>
       <c r="E18" s="266"/>
       <c r="F18" s="60">
         <v>5042</v>
       </c>
-      <c r="G18" s="245" t="s">
+      <c r="G18" s="238" t="s">
         <v>73</v>
       </c>
       <c r="H18" s="270"/>
       <c r="I18" s="59">
         <v>470</v>
       </c>
       <c r="J18" s="60">
         <v>465</v>
       </c>
       <c r="K18" s="60">
         <v>585</v>
       </c>
       <c r="L18" s="33" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="19" spans="1:12" ht="4.9000000000000004" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="20" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="231" t="s">
         <v>141</v>
       </c>
       <c r="B20" s="231"/>
       <c r="C20" s="231"/>
       <c r="D20" s="231"/>
       <c r="E20" s="231"/>
       <c r="F20" s="231"/>
     </row>
     <row r="21" spans="1:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="22" spans="1:12" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="234" t="s">
+      <c r="A22" s="233" t="s">
         <v>76</v>
       </c>
-      <c r="B22" s="234"/>
-[...9 lines deleted...]
-      <c r="L22" s="235"/>
+      <c r="B22" s="233"/>
+      <c r="C22" s="233"/>
+      <c r="D22" s="233"/>
+      <c r="E22" s="233"/>
+      <c r="F22" s="233"/>
+      <c r="G22" s="233"/>
+      <c r="H22" s="233"/>
+      <c r="I22" s="234"/>
+      <c r="J22" s="234"/>
+      <c r="K22" s="234"/>
+      <c r="L22" s="234"/>
     </row>
     <row r="23" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="24" spans="1:12" ht="60.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="238"/>
-      <c r="B24" s="272" t="s">
+      <c r="A24" s="250"/>
+      <c r="B24" s="261" t="s">
         <v>88</v>
       </c>
-      <c r="C24" s="257" t="s">
+      <c r="C24" s="260" t="s">
         <v>35</v>
       </c>
-      <c r="D24" s="257" t="s">
+      <c r="D24" s="260" t="s">
         <v>87</v>
       </c>
-      <c r="E24" s="257"/>
-[...3 lines deleted...]
-      <c r="I24" s="274" t="s">
+      <c r="E24" s="260"/>
+      <c r="F24" s="260"/>
+      <c r="G24" s="260"/>
+      <c r="H24" s="260"/>
+      <c r="I24" s="259" t="s">
         <v>35</v>
       </c>
-      <c r="J24" s="257" t="s">
+      <c r="J24" s="260" t="s">
         <v>80</v>
       </c>
-      <c r="K24" s="258"/>
-      <c r="L24" s="258"/>
+      <c r="K24" s="272"/>
+      <c r="L24" s="272"/>
     </row>
     <row r="25" spans="1:12" ht="15" x14ac:dyDescent="0.25">
-      <c r="A25" s="238"/>
-[...1 lines deleted...]
-      <c r="C25" s="272"/>
+      <c r="A25" s="250"/>
+      <c r="B25" s="261"/>
+      <c r="C25" s="261"/>
       <c r="D25" s="3">
         <v>1</v>
       </c>
       <c r="E25" s="3">
         <v>2</v>
       </c>
       <c r="F25" s="3">
         <v>3</v>
       </c>
       <c r="G25" s="3">
         <v>4</v>
       </c>
       <c r="H25" s="3">
         <v>5</v>
       </c>
-      <c r="I25" s="274"/>
+      <c r="I25" s="259"/>
       <c r="J25" s="3" t="s">
         <v>77</v>
       </c>
       <c r="K25" s="3" t="s">
         <v>78</v>
       </c>
       <c r="L25" s="3" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="26" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="62" t="s">
         <v>41</v>
       </c>
       <c r="B26" s="61">
         <v>2019</v>
       </c>
       <c r="C26" s="166">
         <v>297</v>
       </c>
       <c r="D26" s="58">
         <v>13</v>
       </c>
       <c r="E26" s="58">
         <v>35</v>
@@ -6735,1417 +6735,1417 @@
         <v>1</v>
       </c>
       <c r="J33" s="194" t="s">
         <v>81</v>
       </c>
       <c r="K33" s="195" t="s">
         <v>82</v>
       </c>
       <c r="L33" s="195" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="34" spans="1:12" ht="4.9000000000000004" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="35" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="231" t="s">
         <v>141</v>
       </c>
       <c r="B35" s="231"/>
       <c r="C35" s="231"/>
       <c r="D35" s="231"/>
       <c r="E35" s="231"/>
       <c r="F35" s="231"/>
     </row>
     <row r="36" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="37" spans="1:12" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A37" s="234" t="s">
+      <c r="A37" s="233" t="s">
         <v>90</v>
       </c>
-      <c r="B37" s="234"/>
-[...9 lines deleted...]
-      <c r="L37" s="235"/>
+      <c r="B37" s="233"/>
+      <c r="C37" s="233"/>
+      <c r="D37" s="233"/>
+      <c r="E37" s="233"/>
+      <c r="F37" s="233"/>
+      <c r="G37" s="233"/>
+      <c r="H37" s="233"/>
+      <c r="I37" s="234"/>
+      <c r="J37" s="234"/>
+      <c r="K37" s="234"/>
+      <c r="L37" s="234"/>
     </row>
     <row r="38" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A38" s="207"/>
-[...10 lines deleted...]
-      <c r="L38" s="207"/>
+      <c r="A38" s="199"/>
+      <c r="B38" s="199"/>
+      <c r="C38" s="199"/>
+      <c r="D38" s="199"/>
+      <c r="E38" s="199"/>
+      <c r="F38" s="199"/>
+      <c r="G38" s="199"/>
+      <c r="H38" s="199"/>
+      <c r="I38" s="199"/>
+      <c r="J38" s="199"/>
+      <c r="K38" s="199"/>
+      <c r="L38" s="199"/>
     </row>
     <row r="39" spans="1:12" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A39" s="238"/>
+      <c r="A39" s="250"/>
       <c r="B39" s="86"/>
-      <c r="C39" s="209" t="s">
+      <c r="C39" s="201" t="s">
         <v>2</v>
       </c>
-      <c r="D39" s="209"/>
-[...3 lines deleted...]
-      <c r="H39" s="209"/>
+      <c r="D39" s="201"/>
+      <c r="E39" s="201"/>
+      <c r="F39" s="201"/>
+      <c r="G39" s="201"/>
+      <c r="H39" s="201"/>
       <c r="I39" s="230" t="s">
         <v>3</v>
       </c>
-      <c r="J39" s="220"/>
-[...1 lines deleted...]
-      <c r="L39" s="220"/>
+      <c r="J39" s="211"/>
+      <c r="K39" s="211"/>
+      <c r="L39" s="211"/>
     </row>
     <row r="40" spans="1:12" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A40" s="238"/>
+      <c r="A40" s="250"/>
       <c r="B40" s="86"/>
       <c r="C40" s="3">
         <v>2019</v>
       </c>
-      <c r="D40" s="203">
+      <c r="D40" s="204">
         <v>2020</v>
       </c>
-      <c r="E40" s="203"/>
+      <c r="E40" s="204"/>
       <c r="F40" s="3">
         <v>2021</v>
       </c>
-      <c r="G40" s="203">
+      <c r="G40" s="204">
         <v>2022</v>
       </c>
-      <c r="H40" s="261"/>
+      <c r="H40" s="258"/>
       <c r="I40" s="26">
         <v>2019</v>
       </c>
       <c r="J40" s="3">
         <v>2020</v>
       </c>
       <c r="K40" s="3">
         <v>2021</v>
       </c>
       <c r="L40" s="3">
         <v>2022</v>
       </c>
     </row>
     <row r="41" spans="1:12" ht="34.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A41" s="216" t="s">
+      <c r="A41" s="217" t="s">
         <v>89</v>
       </c>
-      <c r="B41" s="273"/>
+      <c r="B41" s="257"/>
       <c r="C41" s="15">
         <v>22</v>
       </c>
-      <c r="D41" s="228">
+      <c r="D41" s="219">
         <v>137</v>
       </c>
-      <c r="E41" s="228"/>
+      <c r="E41" s="219"/>
       <c r="F41" s="15">
         <v>137</v>
       </c>
-      <c r="G41" s="228">
+      <c r="G41" s="219">
         <v>153</v>
       </c>
-      <c r="H41" s="229"/>
+      <c r="H41" s="220"/>
       <c r="I41" s="71">
         <v>2</v>
       </c>
       <c r="J41" s="15">
         <v>10</v>
       </c>
       <c r="K41" s="15">
         <v>10</v>
       </c>
       <c r="L41" s="15">
         <v>12</v>
       </c>
     </row>
     <row r="42" spans="1:12" ht="4.9000000000000004" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="43" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="231" t="s">
         <v>142</v>
       </c>
       <c r="B43" s="231"/>
       <c r="C43" s="231"/>
       <c r="D43" s="231"/>
       <c r="E43" s="231"/>
       <c r="F43" s="231"/>
       <c r="G43" s="87"/>
     </row>
   </sheetData>
   <mergeCells count="55">
-    <mergeCell ref="A37:L37"/>
-[...21 lines deleted...]
-    <mergeCell ref="I14:L14"/>
+    <mergeCell ref="A43:F43"/>
+    <mergeCell ref="A35:F35"/>
+    <mergeCell ref="A1:L1"/>
+    <mergeCell ref="A2:L2"/>
+    <mergeCell ref="A3:L3"/>
+    <mergeCell ref="A4:A5"/>
+    <mergeCell ref="C4:H4"/>
+    <mergeCell ref="I4:L4"/>
+    <mergeCell ref="A22:L22"/>
+    <mergeCell ref="J24:L24"/>
+    <mergeCell ref="D6:E6"/>
+    <mergeCell ref="D7:E7"/>
+    <mergeCell ref="D8:E8"/>
+    <mergeCell ref="G6:H6"/>
+    <mergeCell ref="G7:H7"/>
+    <mergeCell ref="D5:E5"/>
     <mergeCell ref="G5:H5"/>
     <mergeCell ref="A17:B17"/>
     <mergeCell ref="A18:B18"/>
     <mergeCell ref="D16:E16"/>
     <mergeCell ref="D17:E17"/>
     <mergeCell ref="D18:E18"/>
     <mergeCell ref="D15:E15"/>
     <mergeCell ref="G15:H15"/>
     <mergeCell ref="G16:H16"/>
     <mergeCell ref="G17:H17"/>
     <mergeCell ref="G18:H18"/>
     <mergeCell ref="A16:B16"/>
     <mergeCell ref="A6:B6"/>
     <mergeCell ref="A7:B7"/>
     <mergeCell ref="A8:B8"/>
     <mergeCell ref="G8:H8"/>
-    <mergeCell ref="A43:F43"/>
-[...14 lines deleted...]
-    <mergeCell ref="D5:E5"/>
+    <mergeCell ref="A10:G10"/>
+    <mergeCell ref="A20:F20"/>
+    <mergeCell ref="B24:B25"/>
+    <mergeCell ref="J10:L10"/>
+    <mergeCell ref="A12:L12"/>
+    <mergeCell ref="A13:L13"/>
+    <mergeCell ref="A14:A15"/>
+    <mergeCell ref="C14:H14"/>
+    <mergeCell ref="I14:L14"/>
+    <mergeCell ref="A37:L37"/>
+    <mergeCell ref="A24:A25"/>
+    <mergeCell ref="A41:B41"/>
+    <mergeCell ref="D41:E41"/>
+    <mergeCell ref="G41:H41"/>
+    <mergeCell ref="A38:L38"/>
+    <mergeCell ref="A39:A40"/>
+    <mergeCell ref="C39:H39"/>
+    <mergeCell ref="I39:L39"/>
+    <mergeCell ref="D40:E40"/>
+    <mergeCell ref="G40:H40"/>
+    <mergeCell ref="I24:I25"/>
+    <mergeCell ref="D24:H24"/>
+    <mergeCell ref="C24:C25"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.23622047244094491" top="0.51181102362204722" bottom="0.51181102362204722" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="80" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
   <dimension ref="A1:P42"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:K1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="12.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="7.28515625" style="1" customWidth="1"/>
     <col min="3" max="4" width="12.28515625" style="1" customWidth="1"/>
     <col min="5" max="5" width="9.42578125" style="1" customWidth="1"/>
     <col min="6" max="7" width="12.28515625" style="1" customWidth="1"/>
     <col min="8" max="8" width="9.28515625" style="1" customWidth="1"/>
     <col min="9" max="10" width="12.28515625" style="1" customWidth="1"/>
     <col min="11" max="11" width="9.42578125" style="1" customWidth="1"/>
     <col min="12" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="279" t="s">
+      <c r="A1" s="280" t="s">
         <v>144</v>
       </c>
-      <c r="B1" s="279"/>
-[...8 lines deleted...]
-      <c r="K1" s="279"/>
+      <c r="B1" s="280"/>
+      <c r="C1" s="280"/>
+      <c r="D1" s="280"/>
+      <c r="E1" s="280"/>
+      <c r="F1" s="280"/>
+      <c r="G1" s="280"/>
+      <c r="H1" s="280"/>
+      <c r="I1" s="280"/>
+      <c r="J1" s="280"/>
+      <c r="K1" s="280"/>
     </row>
     <row r="2" spans="1:16" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="280" t="s">
+      <c r="A2" s="281" t="s">
         <v>145</v>
       </c>
-      <c r="B2" s="280"/>
-[...8 lines deleted...]
-      <c r="K2" s="281"/>
+      <c r="B2" s="281"/>
+      <c r="C2" s="281"/>
+      <c r="D2" s="281"/>
+      <c r="E2" s="281"/>
+      <c r="F2" s="281"/>
+      <c r="G2" s="281"/>
+      <c r="H2" s="282"/>
+      <c r="I2" s="282"/>
+      <c r="J2" s="282"/>
+      <c r="K2" s="282"/>
     </row>
     <row r="3" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="207"/>
-[...9 lines deleted...]
-      <c r="K3" s="207"/>
+      <c r="A3" s="199"/>
+      <c r="B3" s="199"/>
+      <c r="C3" s="199"/>
+      <c r="D3" s="199"/>
+      <c r="E3" s="199"/>
+      <c r="F3" s="199"/>
+      <c r="G3" s="199"/>
+      <c r="H3" s="199"/>
+      <c r="I3" s="199"/>
+      <c r="J3" s="199"/>
+      <c r="K3" s="199"/>
     </row>
     <row r="4" spans="1:16" ht="34.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="208" t="s">
+      <c r="A4" s="200" t="s">
         <v>52</v>
       </c>
-      <c r="B4" s="238" t="s">
+      <c r="B4" s="250" t="s">
         <v>53</v>
       </c>
-      <c r="C4" s="209" t="s">
+      <c r="C4" s="201" t="s">
         <v>35</v>
       </c>
-      <c r="D4" s="209"/>
-[...1 lines deleted...]
-      <c r="F4" s="242" t="s">
+      <c r="D4" s="201"/>
+      <c r="E4" s="283"/>
+      <c r="F4" s="247" t="s">
         <v>36</v>
       </c>
-      <c r="G4" s="209"/>
-[...1 lines deleted...]
-      <c r="I4" s="209" t="s">
+      <c r="G4" s="201"/>
+      <c r="H4" s="283"/>
+      <c r="I4" s="201" t="s">
         <v>37</v>
       </c>
-      <c r="J4" s="209"/>
-      <c r="K4" s="209"/>
+      <c r="J4" s="201"/>
+      <c r="K4" s="201"/>
     </row>
     <row r="5" spans="1:16" ht="34.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="208"/>
-      <c r="B5" s="238"/>
+      <c r="A5" s="200"/>
+      <c r="B5" s="250"/>
       <c r="C5" s="44" t="s">
         <v>38</v>
       </c>
       <c r="D5" s="44" t="s">
         <v>40</v>
       </c>
       <c r="E5" s="51" t="s">
         <v>39</v>
       </c>
       <c r="F5" s="52" t="s">
         <v>38</v>
       </c>
       <c r="G5" s="44" t="s">
         <v>40</v>
       </c>
       <c r="H5" s="51" t="s">
         <v>39</v>
       </c>
       <c r="I5" s="52" t="s">
         <v>38</v>
       </c>
       <c r="J5" s="44" t="s">
         <v>40</v>
       </c>
       <c r="K5" s="44" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="6" spans="1:16" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="275" t="s">
+      <c r="A6" s="278" t="s">
         <v>41</v>
       </c>
       <c r="B6" s="164">
         <v>2019</v>
       </c>
       <c r="C6" s="120">
         <v>54274433</v>
       </c>
       <c r="D6" s="120">
         <v>55088643</v>
       </c>
       <c r="E6" s="121">
         <v>169634</v>
       </c>
       <c r="F6" s="122">
         <v>27792327</v>
       </c>
       <c r="G6" s="120">
         <v>27730091</v>
       </c>
       <c r="H6" s="121">
         <v>13817</v>
       </c>
       <c r="I6" s="120">
         <v>26482106</v>
       </c>
       <c r="J6" s="120">
         <v>27358552</v>
       </c>
       <c r="K6" s="120">
         <v>155817</v>
       </c>
       <c r="O6" s="6"/>
       <c r="P6" s="6"/>
     </row>
     <row r="7" spans="1:16" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A7" s="275"/>
+      <c r="A7" s="278"/>
       <c r="B7" s="164">
         <v>2020</v>
       </c>
       <c r="C7" s="120">
         <v>13232437</v>
       </c>
       <c r="D7" s="120">
         <v>13553488</v>
       </c>
       <c r="E7" s="121">
         <v>71722</v>
       </c>
       <c r="F7" s="122">
         <v>8626365</v>
       </c>
       <c r="G7" s="120">
         <v>8613048</v>
       </c>
       <c r="H7" s="121">
         <v>13569</v>
       </c>
       <c r="I7" s="120">
         <v>4606072</v>
       </c>
       <c r="J7" s="120">
         <v>4940440</v>
       </c>
       <c r="K7" s="120">
         <v>58153</v>
       </c>
       <c r="O7" s="6"/>
       <c r="P7" s="5"/>
     </row>
     <row r="8" spans="1:16" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="275"/>
+      <c r="A8" s="278"/>
       <c r="B8" s="164">
         <v>2021</v>
       </c>
       <c r="C8" s="120">
         <v>5270556</v>
       </c>
       <c r="D8" s="120">
         <v>5748382</v>
       </c>
       <c r="E8" s="121">
         <v>90365</v>
       </c>
       <c r="F8" s="122">
         <v>4859660</v>
       </c>
       <c r="G8" s="120">
         <v>4863564</v>
       </c>
       <c r="H8" s="121">
         <v>24048</v>
       </c>
       <c r="I8" s="120">
         <v>410896</v>
       </c>
       <c r="J8" s="120">
         <v>884818</v>
       </c>
       <c r="K8" s="120">
         <v>66317</v>
       </c>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
     </row>
     <row r="9" spans="1:16" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A9" s="275"/>
+      <c r="A9" s="278"/>
       <c r="B9" s="164">
         <v>2022</v>
       </c>
       <c r="C9" s="120">
         <v>27328436</v>
       </c>
       <c r="D9" s="120">
         <v>27407649</v>
       </c>
       <c r="E9" s="121">
         <v>199647</v>
       </c>
       <c r="F9" s="122">
         <v>19100052</v>
       </c>
       <c r="G9" s="120">
         <v>19103513</v>
       </c>
       <c r="H9" s="121">
         <v>29457</v>
       </c>
       <c r="I9" s="120">
         <v>8228384</v>
       </c>
       <c r="J9" s="120">
         <v>8304136</v>
       </c>
       <c r="K9" s="120">
         <v>170190</v>
       </c>
       <c r="O9" s="6"/>
       <c r="P9" s="5"/>
     </row>
     <row r="10" spans="1:16" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="276" t="s">
+      <c r="A10" s="279" t="s">
         <v>42</v>
       </c>
       <c r="B10" s="165">
         <v>2019</v>
       </c>
       <c r="C10" s="154">
         <v>6594887</v>
       </c>
       <c r="D10" s="154">
         <v>6617300</v>
       </c>
       <c r="E10" s="155">
         <v>2976</v>
       </c>
       <c r="F10" s="156">
         <v>5043884</v>
       </c>
       <c r="G10" s="154">
         <v>5067051</v>
       </c>
       <c r="H10" s="155">
         <v>1882</v>
       </c>
       <c r="I10" s="154">
         <v>1551003</v>
       </c>
       <c r="J10" s="154">
         <v>1550249</v>
       </c>
       <c r="K10" s="154">
         <v>1094</v>
       </c>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
     </row>
     <row r="11" spans="1:16" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="276"/>
+      <c r="A11" s="279"/>
       <c r="B11" s="165">
         <v>2020</v>
       </c>
       <c r="C11" s="154">
         <v>1770433</v>
       </c>
       <c r="D11" s="154">
         <v>1795960</v>
       </c>
       <c r="E11" s="155">
         <v>2512</v>
       </c>
       <c r="F11" s="156">
         <v>1580346</v>
       </c>
       <c r="G11" s="154">
         <v>1589611</v>
       </c>
       <c r="H11" s="155">
         <v>2382</v>
       </c>
       <c r="I11" s="154">
         <v>190087</v>
       </c>
       <c r="J11" s="154">
         <v>206349</v>
       </c>
       <c r="K11" s="154">
         <v>130</v>
       </c>
       <c r="O11" s="6"/>
       <c r="P11" s="5"/>
     </row>
     <row r="12" spans="1:16" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="276"/>
+      <c r="A12" s="279"/>
       <c r="B12" s="165">
         <v>2021</v>
       </c>
       <c r="C12" s="154">
         <v>989307</v>
       </c>
       <c r="D12" s="154">
         <v>981192</v>
       </c>
       <c r="E12" s="155">
         <v>13897</v>
       </c>
       <c r="F12" s="156">
         <v>989284</v>
       </c>
       <c r="G12" s="154">
         <v>981180</v>
       </c>
       <c r="H12" s="155">
         <v>13897</v>
       </c>
       <c r="I12" s="154">
         <v>23</v>
       </c>
       <c r="J12" s="154">
         <v>12</v>
       </c>
       <c r="K12" s="154" t="s">
         <v>48</v>
       </c>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
     </row>
     <row r="13" spans="1:16" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="276"/>
+      <c r="A13" s="279"/>
       <c r="B13" s="165">
         <v>2022</v>
       </c>
       <c r="C13" s="154">
         <v>3861478</v>
       </c>
       <c r="D13" s="154">
         <v>3907744</v>
       </c>
       <c r="E13" s="155">
         <v>1718</v>
       </c>
       <c r="F13" s="156">
         <v>3693064</v>
       </c>
       <c r="G13" s="154">
         <v>3739498</v>
       </c>
       <c r="H13" s="155">
         <v>1718</v>
       </c>
       <c r="I13" s="154">
         <v>168414</v>
       </c>
       <c r="J13" s="154">
         <v>168246</v>
       </c>
       <c r="K13" s="154" t="s">
         <v>48</v>
       </c>
       <c r="O13" s="6"/>
       <c r="P13" s="4"/>
     </row>
     <row r="14" spans="1:16" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="277" t="s">
+      <c r="A14" s="275" t="s">
         <v>43</v>
       </c>
       <c r="B14" s="119">
         <v>2019</v>
       </c>
       <c r="C14" s="123">
         <v>4720195</v>
       </c>
       <c r="D14" s="123">
         <v>4724375</v>
       </c>
       <c r="E14" s="124">
         <v>924</v>
       </c>
       <c r="F14" s="125">
         <v>3175931</v>
       </c>
       <c r="G14" s="123">
         <v>3182339</v>
       </c>
       <c r="H14" s="124">
         <v>77</v>
       </c>
       <c r="I14" s="123">
         <v>1544264</v>
       </c>
       <c r="J14" s="123">
         <v>1542036</v>
       </c>
       <c r="K14" s="123">
         <v>847</v>
       </c>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
     </row>
     <row r="15" spans="1:16" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A15" s="277"/>
+      <c r="A15" s="275"/>
       <c r="B15" s="119">
         <v>2020</v>
       </c>
       <c r="C15" s="123">
         <v>1141946</v>
       </c>
       <c r="D15" s="123">
         <v>1159972</v>
       </c>
       <c r="E15" s="124">
         <v>596</v>
       </c>
       <c r="F15" s="125">
         <v>954770</v>
       </c>
       <c r="G15" s="123">
         <v>957593</v>
       </c>
       <c r="H15" s="124">
         <v>466</v>
       </c>
       <c r="I15" s="123">
         <v>187176</v>
       </c>
       <c r="J15" s="123">
         <v>202379</v>
       </c>
       <c r="K15" s="123">
         <v>130</v>
       </c>
       <c r="O15" s="6"/>
       <c r="P15" s="5"/>
     </row>
     <row r="16" spans="1:16" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="277"/>
+      <c r="A16" s="275"/>
       <c r="B16" s="119">
         <v>2021</v>
       </c>
       <c r="C16" s="123">
         <v>563163</v>
       </c>
       <c r="D16" s="123">
         <v>547833</v>
       </c>
       <c r="E16" s="124">
         <v>12579</v>
       </c>
       <c r="F16" s="125">
         <v>563151</v>
       </c>
       <c r="G16" s="123">
         <v>547821</v>
       </c>
       <c r="H16" s="124">
         <v>12579</v>
       </c>
       <c r="I16" s="123">
         <v>12</v>
       </c>
       <c r="J16" s="123">
         <v>12</v>
       </c>
       <c r="K16" s="123" t="s">
         <v>48</v>
       </c>
       <c r="O16" s="6"/>
     </row>
     <row r="17" spans="1:16" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="277"/>
+      <c r="A17" s="275"/>
       <c r="B17" s="119">
         <v>2022</v>
       </c>
       <c r="C17" s="123">
         <v>2503035</v>
       </c>
       <c r="D17" s="123">
         <v>2519721</v>
       </c>
       <c r="E17" s="124">
         <v>357</v>
       </c>
       <c r="F17" s="125">
         <v>2334623</v>
       </c>
       <c r="G17" s="123">
         <v>2351536</v>
       </c>
       <c r="H17" s="124">
         <v>316</v>
       </c>
       <c r="I17" s="123">
         <v>168412</v>
       </c>
       <c r="J17" s="123">
         <v>168185</v>
       </c>
       <c r="K17" s="123">
         <v>41</v>
       </c>
       <c r="O17" s="6"/>
       <c r="P17" s="4"/>
     </row>
     <row r="18" spans="1:16" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="278" t="s">
+      <c r="A18" s="276" t="s">
         <v>44</v>
       </c>
       <c r="B18" s="153">
         <v>2019</v>
       </c>
       <c r="C18" s="157">
         <v>356757</v>
       </c>
       <c r="D18" s="157">
         <v>352521</v>
       </c>
       <c r="E18" s="158">
         <v>993</v>
       </c>
       <c r="F18" s="159">
         <v>356757</v>
       </c>
       <c r="G18" s="157">
         <v>352494</v>
       </c>
       <c r="H18" s="158">
         <v>890</v>
       </c>
       <c r="I18" s="157" t="s">
         <v>49</v>
       </c>
       <c r="J18" s="157">
         <v>27</v>
       </c>
       <c r="K18" s="157">
         <v>103</v>
       </c>
       <c r="P18" s="6"/>
     </row>
     <row r="19" spans="1:16" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="278"/>
+      <c r="A19" s="276"/>
       <c r="B19" s="153">
         <v>2020</v>
       </c>
       <c r="C19" s="157">
         <v>134907</v>
       </c>
       <c r="D19" s="157">
         <v>135512</v>
       </c>
       <c r="E19" s="158">
         <v>540</v>
       </c>
       <c r="F19" s="159">
         <v>134903</v>
       </c>
       <c r="G19" s="157">
         <v>135316</v>
       </c>
       <c r="H19" s="158">
         <v>540</v>
       </c>
       <c r="I19" s="157">
         <v>4</v>
       </c>
       <c r="J19" s="157">
         <v>196</v>
       </c>
       <c r="K19" s="157" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="20" spans="1:16" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="278"/>
+      <c r="A20" s="276"/>
       <c r="B20" s="153">
         <v>2021</v>
       </c>
       <c r="C20" s="157">
         <v>74727</v>
       </c>
       <c r="D20" s="157">
         <v>74682</v>
       </c>
       <c r="E20" s="158">
         <v>769</v>
       </c>
       <c r="F20" s="159">
         <v>74727</v>
       </c>
       <c r="G20" s="157">
         <v>74682</v>
       </c>
       <c r="H20" s="158">
         <v>769</v>
       </c>
       <c r="I20" s="157" t="s">
         <v>49</v>
       </c>
       <c r="J20" s="157" t="s">
         <v>49</v>
       </c>
       <c r="K20" s="157" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="21" spans="1:16" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="278"/>
+      <c r="A21" s="276"/>
       <c r="B21" s="153">
         <v>2022</v>
       </c>
       <c r="C21" s="157">
         <v>228496</v>
       </c>
       <c r="D21" s="157">
         <v>225553</v>
       </c>
       <c r="E21" s="158">
         <v>1204</v>
       </c>
       <c r="F21" s="159">
         <v>228496</v>
       </c>
       <c r="G21" s="157">
         <v>225553</v>
       </c>
       <c r="H21" s="158">
         <v>1204</v>
       </c>
       <c r="I21" s="157" t="s">
         <v>49</v>
       </c>
       <c r="J21" s="157" t="s">
         <v>49</v>
       </c>
       <c r="K21" s="157" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="22" spans="1:16" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="277" t="s">
+      <c r="A22" s="275" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="119">
         <v>2019</v>
       </c>
       <c r="C22" s="123">
         <v>67730</v>
       </c>
       <c r="D22" s="123">
         <v>72853</v>
       </c>
       <c r="E22" s="124" t="s">
         <v>48</v>
       </c>
       <c r="F22" s="125">
         <v>67730</v>
       </c>
       <c r="G22" s="123">
         <v>72853</v>
       </c>
       <c r="H22" s="124" t="s">
         <v>48</v>
       </c>
       <c r="I22" s="123" t="s">
         <v>49</v>
       </c>
       <c r="J22" s="123" t="s">
         <v>49</v>
       </c>
       <c r="K22" s="123" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="23" spans="1:16" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="277"/>
+      <c r="A23" s="275"/>
       <c r="B23" s="119">
         <v>2020</v>
       </c>
       <c r="C23" s="123">
         <v>29665</v>
       </c>
       <c r="D23" s="123">
         <v>30074</v>
       </c>
       <c r="E23" s="124" t="s">
         <v>48</v>
       </c>
       <c r="F23" s="125">
         <v>29665</v>
       </c>
       <c r="G23" s="123">
         <v>30074</v>
       </c>
       <c r="H23" s="124" t="s">
         <v>48</v>
       </c>
       <c r="I23" s="123" t="s">
         <v>49</v>
       </c>
       <c r="J23" s="123" t="s">
         <v>49</v>
       </c>
       <c r="K23" s="123" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="24" spans="1:16" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="277"/>
+      <c r="A24" s="275"/>
       <c r="B24" s="119">
         <v>2021</v>
       </c>
       <c r="C24" s="123">
         <v>24375</v>
       </c>
       <c r="D24" s="123">
         <v>25047</v>
       </c>
       <c r="E24" s="124" t="s">
         <v>48</v>
       </c>
       <c r="F24" s="125">
         <v>24375</v>
       </c>
       <c r="G24" s="123">
         <v>25047</v>
       </c>
       <c r="H24" s="124" t="s">
         <v>48</v>
       </c>
       <c r="I24" s="123" t="s">
         <v>49</v>
       </c>
       <c r="J24" s="123" t="s">
         <v>49</v>
       </c>
       <c r="K24" s="123" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="25" spans="1:16" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A25" s="277"/>
+      <c r="A25" s="275"/>
       <c r="B25" s="119">
         <v>2022</v>
       </c>
       <c r="C25" s="123">
         <v>58966</v>
       </c>
       <c r="D25" s="123">
         <v>62271</v>
       </c>
       <c r="E25" s="124" t="s">
         <v>48</v>
       </c>
       <c r="F25" s="125">
         <v>58966</v>
       </c>
       <c r="G25" s="123">
         <v>62271</v>
       </c>
       <c r="H25" s="124" t="s">
         <v>48</v>
       </c>
       <c r="I25" s="123" t="s">
         <v>49</v>
       </c>
       <c r="J25" s="123" t="s">
         <v>49</v>
       </c>
       <c r="K25" s="123" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="26" spans="1:16" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="278" t="s">
+      <c r="A26" s="276" t="s">
         <v>45</v>
       </c>
       <c r="B26" s="153">
         <v>2019</v>
       </c>
       <c r="C26" s="157">
         <v>538205</v>
       </c>
       <c r="D26" s="157">
         <v>544422</v>
       </c>
       <c r="E26" s="158">
         <v>1059</v>
       </c>
       <c r="F26" s="159">
         <v>537413</v>
       </c>
       <c r="G26" s="157">
         <v>543635</v>
       </c>
       <c r="H26" s="158">
         <v>915</v>
       </c>
       <c r="I26" s="157">
         <v>792</v>
       </c>
       <c r="J26" s="157">
         <v>787</v>
       </c>
       <c r="K26" s="157">
         <v>144</v>
       </c>
     </row>
     <row r="27" spans="1:16" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="278"/>
+      <c r="A27" s="276"/>
       <c r="B27" s="153">
         <v>2020</v>
       </c>
       <c r="C27" s="157">
         <v>180596</v>
       </c>
       <c r="D27" s="157">
         <v>181383</v>
       </c>
       <c r="E27" s="158">
         <v>713</v>
       </c>
       <c r="F27" s="159">
         <v>179484</v>
       </c>
       <c r="G27" s="157">
         <v>179968</v>
       </c>
       <c r="H27" s="158">
         <v>713</v>
       </c>
       <c r="I27" s="157">
         <v>1112</v>
       </c>
       <c r="J27" s="157">
         <v>1415</v>
       </c>
       <c r="K27" s="157" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="28" spans="1:16" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A28" s="278"/>
+      <c r="A28" s="276"/>
       <c r="B28" s="153">
         <v>2021</v>
       </c>
       <c r="C28" s="157">
         <v>120821</v>
       </c>
       <c r="D28" s="157">
         <v>124098</v>
       </c>
       <c r="E28" s="158">
         <v>325</v>
       </c>
       <c r="F28" s="159">
         <v>120814</v>
       </c>
       <c r="G28" s="157">
         <v>124098</v>
       </c>
       <c r="H28" s="158">
         <v>325</v>
       </c>
       <c r="I28" s="157">
         <v>7</v>
       </c>
       <c r="J28" s="157" t="s">
         <v>49</v>
       </c>
       <c r="K28" s="157" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="29" spans="1:16" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A29" s="278"/>
+      <c r="A29" s="276"/>
       <c r="B29" s="153">
         <v>2022</v>
       </c>
       <c r="C29" s="157">
         <v>392158</v>
       </c>
       <c r="D29" s="157">
         <v>401378</v>
       </c>
       <c r="E29" s="158">
         <v>45</v>
       </c>
       <c r="F29" s="159">
         <v>392156</v>
       </c>
       <c r="G29" s="157">
         <v>401378</v>
       </c>
       <c r="H29" s="158">
         <v>45</v>
       </c>
       <c r="I29" s="157">
         <v>2</v>
       </c>
       <c r="J29" s="157" t="s">
         <v>49</v>
       </c>
       <c r="K29" s="157" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="30" spans="1:16" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A30" s="277" t="s">
+      <c r="A30" s="275" t="s">
         <v>46</v>
       </c>
       <c r="B30" s="119">
         <v>2019</v>
       </c>
       <c r="C30" s="123">
         <v>911221</v>
       </c>
       <c r="D30" s="123">
         <v>922319</v>
       </c>
       <c r="E30" s="124" t="s">
         <v>48</v>
       </c>
       <c r="F30" s="125">
         <v>905274</v>
       </c>
       <c r="G30" s="123">
         <v>914920</v>
       </c>
       <c r="H30" s="124" t="s">
         <v>48</v>
       </c>
       <c r="I30" s="123">
         <v>5947</v>
       </c>
       <c r="J30" s="123">
         <v>7399</v>
       </c>
       <c r="K30" s="123" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="31" spans="1:16" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A31" s="277"/>
+      <c r="A31" s="275"/>
       <c r="B31" s="119">
         <v>2020</v>
       </c>
       <c r="C31" s="123">
         <v>282986</v>
       </c>
       <c r="D31" s="123">
         <v>288716</v>
       </c>
       <c r="E31" s="124">
         <v>663</v>
       </c>
       <c r="F31" s="125">
         <v>281191</v>
       </c>
       <c r="G31" s="123">
         <v>286357</v>
       </c>
       <c r="H31" s="124">
         <v>663</v>
       </c>
       <c r="I31" s="123">
         <v>1795</v>
       </c>
       <c r="J31" s="123">
         <v>2359</v>
       </c>
       <c r="K31" s="123" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="32" spans="1:16" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="277"/>
+      <c r="A32" s="275"/>
       <c r="B32" s="119">
         <v>2021</v>
       </c>
       <c r="C32" s="123">
         <v>206221</v>
       </c>
       <c r="D32" s="123">
         <v>209532</v>
       </c>
       <c r="E32" s="124">
         <v>224</v>
       </c>
       <c r="F32" s="125">
         <v>206217</v>
       </c>
       <c r="G32" s="123">
         <v>209532</v>
       </c>
       <c r="H32" s="124">
         <v>224</v>
       </c>
       <c r="I32" s="123">
         <v>4</v>
       </c>
       <c r="J32" s="123" t="s">
         <v>49</v>
       </c>
       <c r="K32" s="123" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A33" s="277"/>
+      <c r="A33" s="275"/>
       <c r="B33" s="119">
         <v>2022</v>
       </c>
       <c r="C33" s="123">
         <v>678823</v>
       </c>
       <c r="D33" s="123">
         <v>698821</v>
       </c>
       <c r="E33" s="124">
         <v>153</v>
       </c>
       <c r="F33" s="125">
         <v>678823</v>
       </c>
       <c r="G33" s="123">
         <v>698760</v>
       </c>
       <c r="H33" s="124">
         <v>153</v>
       </c>
       <c r="I33" s="123" t="s">
         <v>49</v>
       </c>
       <c r="J33" s="123">
         <v>61</v>
       </c>
       <c r="K33" s="123" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="34" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A34" s="278" t="s">
+      <c r="A34" s="276" t="s">
         <v>47</v>
       </c>
       <c r="B34" s="153">
         <v>2019</v>
       </c>
       <c r="C34" s="157">
         <v>779</v>
       </c>
       <c r="D34" s="157">
         <v>810</v>
       </c>
       <c r="E34" s="158" t="s">
         <v>48</v>
       </c>
       <c r="F34" s="159">
         <v>779</v>
       </c>
       <c r="G34" s="157">
         <v>810</v>
       </c>
       <c r="H34" s="158" t="s">
         <v>48</v>
       </c>
       <c r="I34" s="157" t="s">
         <v>49</v>
       </c>
       <c r="J34" s="157" t="s">
         <v>49</v>
       </c>
       <c r="K34" s="157" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="35" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="278"/>
+      <c r="A35" s="276"/>
       <c r="B35" s="153">
         <v>2020</v>
       </c>
       <c r="C35" s="157">
         <v>333</v>
       </c>
       <c r="D35" s="157">
         <v>303</v>
       </c>
       <c r="E35" s="158" t="s">
         <v>48</v>
       </c>
       <c r="F35" s="159">
         <v>333</v>
       </c>
       <c r="G35" s="157">
         <v>303</v>
       </c>
       <c r="H35" s="158" t="s">
         <v>48</v>
       </c>
       <c r="I35" s="157" t="s">
         <v>49</v>
       </c>
       <c r="J35" s="157" t="s">
         <v>49</v>
       </c>
       <c r="K35" s="157" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="36" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A36" s="278"/>
+      <c r="A36" s="276"/>
       <c r="B36" s="153">
         <v>2021</v>
       </c>
       <c r="C36" s="157" t="s">
         <v>49</v>
       </c>
       <c r="D36" s="157" t="s">
         <v>49</v>
       </c>
       <c r="E36" s="158" t="s">
         <v>48</v>
       </c>
       <c r="F36" s="159" t="s">
         <v>49</v>
       </c>
       <c r="G36" s="157" t="s">
         <v>49</v>
       </c>
       <c r="H36" s="158" t="s">
         <v>48</v>
       </c>
       <c r="I36" s="157" t="s">
         <v>49</v>
       </c>
       <c r="J36" s="157" t="s">
         <v>49</v>
       </c>
       <c r="K36" s="157" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="37" spans="1:11" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A37" s="283"/>
+      <c r="A37" s="277"/>
       <c r="B37" s="160">
         <v>2022</v>
       </c>
       <c r="C37" s="161" t="s">
         <v>49</v>
       </c>
       <c r="D37" s="161" t="s">
         <v>49</v>
       </c>
       <c r="E37" s="162" t="s">
         <v>48</v>
       </c>
       <c r="F37" s="163" t="s">
         <v>49</v>
       </c>
       <c r="G37" s="161" t="s">
         <v>49</v>
       </c>
       <c r="H37" s="162" t="s">
         <v>48</v>
       </c>
       <c r="I37" s="161" t="s">
         <v>49</v>
       </c>
       <c r="J37" s="161" t="s">
@@ -8183,576 +8183,576 @@
       <c r="G40" s="19"/>
       <c r="H40" s="19"/>
       <c r="I40" s="9"/>
       <c r="J40" s="9"/>
       <c r="K40" s="9"/>
     </row>
     <row r="41" spans="1:11" x14ac:dyDescent="0.25">
       <c r="G41" s="19"/>
       <c r="H41" s="19"/>
       <c r="I41" s="9"/>
       <c r="J41" s="9"/>
       <c r="K41" s="9"/>
     </row>
     <row r="42" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A42" s="10"/>
       <c r="B42" s="10"/>
       <c r="C42" s="10"/>
       <c r="D42" s="10"/>
       <c r="E42" s="10"/>
       <c r="F42" s="10"/>
       <c r="G42" s="10"/>
       <c r="H42" s="11"/>
     </row>
   </sheetData>
   <mergeCells count="17">
-    <mergeCell ref="A22:A25"/>
-[...3 lines deleted...]
-    <mergeCell ref="A34:A37"/>
     <mergeCell ref="A6:A9"/>
     <mergeCell ref="A10:A13"/>
     <mergeCell ref="A14:A17"/>
     <mergeCell ref="A18:A21"/>
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:E4"/>
     <mergeCell ref="F4:H4"/>
     <mergeCell ref="I4:K4"/>
+    <mergeCell ref="A22:A25"/>
+    <mergeCell ref="A26:A29"/>
+    <mergeCell ref="A39:E39"/>
+    <mergeCell ref="A30:A33"/>
+    <mergeCell ref="A34:A37"/>
   </mergeCells>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.51181102362204722" bottom="0.51181102362204722" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="75" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3627B9C8-A4F4-4081-B926-E49C43BCD797}">
   <dimension ref="A1:U26"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection sqref="A1:Q1"/>
+      <selection sqref="A1:K1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="26.7109375" style="1" customWidth="1"/>
     <col min="2" max="5" width="5.7109375" style="1" customWidth="1"/>
     <col min="6" max="14" width="3.140625" style="1" customWidth="1"/>
     <col min="15" max="17" width="9.7109375" style="1" customWidth="1"/>
     <col min="18" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" s="167" customFormat="1" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="210" t="s">
+      <c r="A1" s="196" t="s">
         <v>126</v>
       </c>
-      <c r="B1" s="210"/>
-[...14 lines deleted...]
-      <c r="Q1" s="210"/>
+      <c r="B1" s="196"/>
+      <c r="C1" s="196"/>
+      <c r="D1" s="196"/>
+      <c r="E1" s="196"/>
+      <c r="F1" s="196"/>
+      <c r="G1" s="196"/>
+      <c r="H1" s="196"/>
+      <c r="I1" s="196"/>
+      <c r="J1" s="196"/>
+      <c r="K1" s="196"/>
+      <c r="L1" s="196"/>
+      <c r="M1" s="196"/>
+      <c r="N1" s="196"/>
+      <c r="O1" s="196"/>
+      <c r="P1" s="196"/>
+      <c r="Q1" s="196"/>
     </row>
     <row r="2" spans="1:17" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="12"/>
       <c r="B2" s="12"/>
       <c r="C2" s="12"/>
       <c r="D2" s="12"/>
       <c r="E2" s="12"/>
       <c r="F2" s="12"/>
       <c r="G2" s="12"/>
       <c r="H2" s="12"/>
       <c r="I2" s="12"/>
       <c r="J2" s="12"/>
     </row>
     <row r="3" spans="1:17" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="205" t="s">
+      <c r="A3" s="197" t="s">
         <v>137</v>
       </c>
-      <c r="B3" s="205"/>
-[...14 lines deleted...]
-      <c r="Q3" s="206"/>
+      <c r="B3" s="197"/>
+      <c r="C3" s="197"/>
+      <c r="D3" s="197"/>
+      <c r="E3" s="197"/>
+      <c r="F3" s="197"/>
+      <c r="G3" s="197"/>
+      <c r="H3" s="197"/>
+      <c r="I3" s="197"/>
+      <c r="J3" s="197"/>
+      <c r="K3" s="197"/>
+      <c r="L3" s="197"/>
+      <c r="M3" s="197"/>
+      <c r="N3" s="197"/>
+      <c r="O3" s="198"/>
+      <c r="P3" s="198"/>
+      <c r="Q3" s="198"/>
     </row>
     <row r="4" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="207"/>
-[...15 lines deleted...]
-      <c r="Q4" s="207"/>
+      <c r="A4" s="199"/>
+      <c r="B4" s="199"/>
+      <c r="C4" s="199"/>
+      <c r="D4" s="199"/>
+      <c r="E4" s="199"/>
+      <c r="F4" s="199"/>
+      <c r="G4" s="199"/>
+      <c r="H4" s="199"/>
+      <c r="I4" s="199"/>
+      <c r="J4" s="199"/>
+      <c r="K4" s="199"/>
+      <c r="L4" s="199"/>
+      <c r="M4" s="199"/>
+      <c r="N4" s="199"/>
+      <c r="O4" s="199"/>
+      <c r="P4" s="199"/>
+      <c r="Q4" s="199"/>
     </row>
     <row r="5" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="208"/>
+      <c r="A5" s="200"/>
       <c r="B5" s="135"/>
       <c r="C5" s="135"/>
       <c r="D5" s="135"/>
       <c r="E5" s="135"/>
-      <c r="F5" s="209" t="s">
+      <c r="F5" s="201" t="s">
         <v>2</v>
       </c>
-      <c r="G5" s="209"/>
-[...7 lines deleted...]
-      <c r="O5" s="201" t="s">
+      <c r="G5" s="201"/>
+      <c r="H5" s="201"/>
+      <c r="I5" s="201"/>
+      <c r="J5" s="201"/>
+      <c r="K5" s="201"/>
+      <c r="L5" s="201"/>
+      <c r="M5" s="201"/>
+      <c r="N5" s="201"/>
+      <c r="O5" s="202" t="s">
         <v>3</v>
       </c>
-      <c r="P5" s="202"/>
-      <c r="Q5" s="202"/>
+      <c r="P5" s="203"/>
+      <c r="Q5" s="203"/>
     </row>
     <row r="6" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="208"/>
+      <c r="A6" s="200"/>
       <c r="B6" s="135"/>
       <c r="C6" s="135"/>
       <c r="D6" s="135"/>
       <c r="E6" s="135"/>
-      <c r="F6" s="220">
+      <c r="F6" s="211">
         <v>2020</v>
       </c>
-      <c r="G6" s="220"/>
-[...1 lines deleted...]
-      <c r="I6" s="220">
+      <c r="G6" s="211"/>
+      <c r="H6" s="211"/>
+      <c r="I6" s="211">
         <v>2021</v>
       </c>
-      <c r="J6" s="220"/>
-[...1 lines deleted...]
-      <c r="L6" s="220">
+      <c r="J6" s="211"/>
+      <c r="K6" s="211"/>
+      <c r="L6" s="211">
         <v>2022</v>
       </c>
-      <c r="M6" s="220"/>
-      <c r="N6" s="221"/>
+      <c r="M6" s="211"/>
+      <c r="N6" s="212"/>
       <c r="O6" s="139">
         <v>2020</v>
       </c>
       <c r="P6" s="139">
         <v>2021</v>
       </c>
       <c r="Q6" s="139">
         <v>2022</v>
       </c>
     </row>
     <row r="7" spans="1:17" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="223" t="s">
+      <c r="A7" s="213" t="s">
         <v>10</v>
       </c>
-      <c r="B7" s="223"/>
-[...3 lines deleted...]
-      <c r="F7" s="224">
+      <c r="B7" s="213"/>
+      <c r="C7" s="213"/>
+      <c r="D7" s="213"/>
+      <c r="E7" s="213"/>
+      <c r="F7" s="214">
         <v>1.7</v>
       </c>
-      <c r="G7" s="224"/>
-[...1 lines deleted...]
-      <c r="I7" s="225">
+      <c r="G7" s="214"/>
+      <c r="H7" s="214"/>
+      <c r="I7" s="215">
         <v>0.4</v>
       </c>
-      <c r="J7" s="225"/>
-[...1 lines deleted...]
-      <c r="L7" s="225">
+      <c r="J7" s="215"/>
+      <c r="K7" s="215"/>
+      <c r="L7" s="215">
         <v>0.4</v>
       </c>
-      <c r="M7" s="225"/>
-      <c r="N7" s="226"/>
+      <c r="M7" s="215"/>
+      <c r="N7" s="216"/>
       <c r="O7" s="144">
         <v>0.9</v>
       </c>
       <c r="P7" s="144">
         <v>-0.2</v>
       </c>
       <c r="Q7" s="144">
         <v>0.1</v>
       </c>
     </row>
     <row r="8" spans="1:17" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A8" s="216" t="s">
+      <c r="A8" s="217" t="s">
         <v>11</v>
       </c>
-      <c r="B8" s="216"/>
-[...3 lines deleted...]
-      <c r="F8" s="227">
+      <c r="B8" s="217"/>
+      <c r="C8" s="217"/>
+      <c r="D8" s="217"/>
+      <c r="E8" s="217"/>
+      <c r="F8" s="218">
         <v>98</v>
       </c>
-      <c r="G8" s="227"/>
-[...1 lines deleted...]
-      <c r="I8" s="228">
+      <c r="G8" s="218"/>
+      <c r="H8" s="218"/>
+      <c r="I8" s="219">
         <v>99</v>
       </c>
-      <c r="J8" s="228"/>
-[...1 lines deleted...]
-      <c r="L8" s="228">
+      <c r="J8" s="219"/>
+      <c r="K8" s="219"/>
+      <c r="L8" s="219">
         <v>99</v>
       </c>
-      <c r="M8" s="228"/>
-      <c r="N8" s="229"/>
+      <c r="M8" s="219"/>
+      <c r="N8" s="220"/>
       <c r="O8" s="145">
         <v>46</v>
       </c>
       <c r="P8" s="145">
         <v>46</v>
       </c>
       <c r="Q8" s="145">
         <v>46</v>
       </c>
     </row>
     <row r="9" spans="1:17" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="147"/>
       <c r="B9" s="147"/>
       <c r="C9" s="147"/>
       <c r="D9" s="147"/>
       <c r="E9" s="147"/>
       <c r="F9" s="147"/>
       <c r="G9" s="147"/>
       <c r="H9" s="147"/>
       <c r="I9" s="147"/>
       <c r="J9" s="147"/>
       <c r="K9" s="134"/>
       <c r="L9" s="134"/>
       <c r="M9" s="134"/>
       <c r="N9" s="134"/>
       <c r="O9" s="134"/>
       <c r="P9" s="134"/>
       <c r="Q9" s="134"/>
     </row>
     <row r="10" spans="1:17" ht="65.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="199" t="s">
+      <c r="A10" s="208" t="s">
         <v>131</v>
       </c>
-      <c r="B10" s="199"/>
-[...14 lines deleted...]
-      <c r="Q10" s="199"/>
+      <c r="B10" s="208"/>
+      <c r="C10" s="208"/>
+      <c r="D10" s="208"/>
+      <c r="E10" s="208"/>
+      <c r="F10" s="208"/>
+      <c r="G10" s="208"/>
+      <c r="H10" s="208"/>
+      <c r="I10" s="208"/>
+      <c r="J10" s="208"/>
+      <c r="K10" s="208"/>
+      <c r="L10" s="208"/>
+      <c r="M10" s="208"/>
+      <c r="N10" s="208"/>
+      <c r="O10" s="208"/>
+      <c r="P10" s="208"/>
+      <c r="Q10" s="208"/>
     </row>
     <row r="11" spans="1:17" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="211" t="s">
+      <c r="A11" s="224" t="s">
         <v>123</v>
       </c>
-      <c r="B11" s="211"/>
-[...2 lines deleted...]
-      <c r="E11" s="211"/>
+      <c r="B11" s="224"/>
+      <c r="C11" s="224"/>
+      <c r="D11" s="224"/>
+      <c r="E11" s="224"/>
       <c r="F11" s="136"/>
       <c r="G11" s="136"/>
       <c r="H11" s="136"/>
       <c r="I11" s="136"/>
       <c r="J11" s="136"/>
       <c r="K11" s="136"/>
       <c r="M11" s="150"/>
       <c r="N11" s="150"/>
       <c r="O11" s="150"/>
       <c r="P11" s="150"/>
       <c r="Q11" s="150"/>
     </row>
     <row r="12" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="K12" s="19"/>
       <c r="L12" s="19"/>
       <c r="M12" s="19"/>
       <c r="N12" s="19"/>
-      <c r="O12" s="222"/>
-[...1 lines deleted...]
-      <c r="Q12" s="222"/>
+      <c r="O12" s="225"/>
+      <c r="P12" s="225"/>
+      <c r="Q12" s="225"/>
     </row>
     <row r="13" spans="1:17" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="205" t="s">
+      <c r="A13" s="197" t="s">
         <v>136</v>
       </c>
-      <c r="B13" s="205"/>
-[...14 lines deleted...]
-      <c r="Q13" s="206"/>
+      <c r="B13" s="197"/>
+      <c r="C13" s="197"/>
+      <c r="D13" s="197"/>
+      <c r="E13" s="197"/>
+      <c r="F13" s="197"/>
+      <c r="G13" s="197"/>
+      <c r="H13" s="197"/>
+      <c r="I13" s="197"/>
+      <c r="J13" s="197"/>
+      <c r="K13" s="197"/>
+      <c r="L13" s="197"/>
+      <c r="M13" s="197"/>
+      <c r="N13" s="197"/>
+      <c r="O13" s="198"/>
+      <c r="P13" s="198"/>
+      <c r="Q13" s="198"/>
     </row>
     <row r="14" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="207"/>
-[...15 lines deleted...]
-      <c r="Q14" s="207"/>
+      <c r="A14" s="199"/>
+      <c r="B14" s="199"/>
+      <c r="C14" s="199"/>
+      <c r="D14" s="199"/>
+      <c r="E14" s="199"/>
+      <c r="F14" s="199"/>
+      <c r="G14" s="199"/>
+      <c r="H14" s="199"/>
+      <c r="I14" s="199"/>
+      <c r="J14" s="199"/>
+      <c r="K14" s="199"/>
+      <c r="L14" s="199"/>
+      <c r="M14" s="199"/>
+      <c r="N14" s="199"/>
+      <c r="O14" s="199"/>
+      <c r="P14" s="199"/>
+      <c r="Q14" s="199"/>
     </row>
     <row r="15" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="208"/>
-[...4 lines deleted...]
-      <c r="F15" s="209" t="s">
+      <c r="A15" s="200"/>
+      <c r="B15" s="200"/>
+      <c r="C15" s="200"/>
+      <c r="D15" s="200"/>
+      <c r="E15" s="200"/>
+      <c r="F15" s="201" t="s">
         <v>2</v>
       </c>
-      <c r="G15" s="209"/>
-[...7 lines deleted...]
-      <c r="O15" s="201" t="s">
+      <c r="G15" s="201"/>
+      <c r="H15" s="201"/>
+      <c r="I15" s="201"/>
+      <c r="J15" s="201"/>
+      <c r="K15" s="201"/>
+      <c r="L15" s="201"/>
+      <c r="M15" s="201"/>
+      <c r="N15" s="201"/>
+      <c r="O15" s="202" t="s">
         <v>3</v>
       </c>
-      <c r="P15" s="202"/>
-      <c r="Q15" s="202"/>
+      <c r="P15" s="203"/>
+      <c r="Q15" s="203"/>
     </row>
     <row r="16" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="208"/>
-[...4 lines deleted...]
-      <c r="F16" s="220">
+      <c r="A16" s="200"/>
+      <c r="B16" s="200"/>
+      <c r="C16" s="200"/>
+      <c r="D16" s="200"/>
+      <c r="E16" s="200"/>
+      <c r="F16" s="211">
         <v>2020</v>
       </c>
-      <c r="G16" s="220"/>
-[...1 lines deleted...]
-      <c r="I16" s="220">
+      <c r="G16" s="211"/>
+      <c r="H16" s="211"/>
+      <c r="I16" s="211">
         <v>2021</v>
       </c>
-      <c r="J16" s="220"/>
-[...1 lines deleted...]
-      <c r="L16" s="220">
+      <c r="J16" s="211"/>
+      <c r="K16" s="211"/>
+      <c r="L16" s="211">
         <v>2022</v>
       </c>
-      <c r="M16" s="220"/>
-      <c r="N16" s="221"/>
+      <c r="M16" s="211"/>
+      <c r="N16" s="212"/>
       <c r="O16" s="139">
         <v>2020</v>
       </c>
       <c r="P16" s="139">
         <v>2021</v>
       </c>
       <c r="Q16" s="139">
         <v>2022</v>
       </c>
     </row>
     <row r="17" spans="1:21" ht="65.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="212" t="s">
+      <c r="A17" s="226" t="s">
         <v>12</v>
       </c>
-      <c r="B17" s="212"/>
-[...3 lines deleted...]
-      <c r="F17" s="213">
+      <c r="B17" s="226"/>
+      <c r="C17" s="226"/>
+      <c r="D17" s="226"/>
+      <c r="E17" s="226"/>
+      <c r="F17" s="221">
         <v>9614.1</v>
       </c>
-      <c r="G17" s="213"/>
-[...1 lines deleted...]
-      <c r="I17" s="213">
+      <c r="G17" s="221"/>
+      <c r="H17" s="221"/>
+      <c r="I17" s="221">
         <v>9866.7999999999993</v>
       </c>
-      <c r="J17" s="213"/>
-[...1 lines deleted...]
-      <c r="L17" s="214">
+      <c r="J17" s="221"/>
+      <c r="K17" s="221"/>
+      <c r="L17" s="222">
         <v>10123.200000000001</v>
       </c>
-      <c r="M17" s="214"/>
-      <c r="N17" s="215"/>
+      <c r="M17" s="222"/>
+      <c r="N17" s="223"/>
       <c r="O17" s="144">
         <v>777</v>
       </c>
       <c r="P17" s="144">
         <v>795.7</v>
       </c>
       <c r="Q17" s="144">
         <v>814.8</v>
       </c>
     </row>
     <row r="18" spans="1:21" ht="65.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="212" t="s">
+      <c r="A18" s="226" t="s">
         <v>13</v>
       </c>
-      <c r="B18" s="212"/>
-[...3 lines deleted...]
-      <c r="F18" s="213">
+      <c r="B18" s="226"/>
+      <c r="C18" s="226"/>
+      <c r="D18" s="226"/>
+      <c r="E18" s="226"/>
+      <c r="F18" s="221">
         <v>8234.6</v>
       </c>
-      <c r="G18" s="213"/>
-[...1 lines deleted...]
-      <c r="I18" s="213">
+      <c r="G18" s="221"/>
+      <c r="H18" s="221"/>
+      <c r="I18" s="221">
         <v>8447.2000000000007</v>
       </c>
-      <c r="J18" s="213"/>
-[...1 lines deleted...]
-      <c r="L18" s="214">
+      <c r="J18" s="221"/>
+      <c r="K18" s="221"/>
+      <c r="L18" s="222">
         <v>8662.7000000000007</v>
       </c>
-      <c r="M18" s="214"/>
-      <c r="N18" s="215"/>
+      <c r="M18" s="222"/>
+      <c r="N18" s="223"/>
       <c r="O18" s="144">
         <v>728.2</v>
       </c>
       <c r="P18" s="144">
         <v>747.2</v>
       </c>
       <c r="Q18" s="144">
         <v>766.6</v>
       </c>
       <c r="U18"/>
     </row>
     <row r="19" spans="1:21" ht="65.099999999999994" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A19" s="216" t="s">
+      <c r="A19" s="217" t="s">
         <v>14</v>
       </c>
-      <c r="B19" s="216"/>
-[...3 lines deleted...]
-      <c r="F19" s="217">
+      <c r="B19" s="217"/>
+      <c r="C19" s="217"/>
+      <c r="D19" s="217"/>
+      <c r="E19" s="217"/>
+      <c r="F19" s="227">
         <v>3.9</v>
       </c>
-      <c r="G19" s="217"/>
-[...1 lines deleted...]
-      <c r="I19" s="217">
+      <c r="G19" s="227"/>
+      <c r="H19" s="227"/>
+      <c r="I19" s="227">
         <v>3.9</v>
       </c>
-      <c r="J19" s="217"/>
-[...1 lines deleted...]
-      <c r="L19" s="218">
+      <c r="J19" s="227"/>
+      <c r="K19" s="227"/>
+      <c r="L19" s="228">
         <v>3.8</v>
       </c>
-      <c r="M19" s="218"/>
-      <c r="N19" s="219"/>
+      <c r="M19" s="228"/>
+      <c r="N19" s="229"/>
       <c r="O19" s="115">
         <v>4.7</v>
       </c>
       <c r="P19" s="115">
         <v>4.5999999999999996</v>
       </c>
       <c r="Q19" s="115">
         <v>4.5</v>
       </c>
     </row>
     <row r="20" spans="1:21" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="21" spans="1:21" ht="65.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="199" t="s">
+      <c r="A21" s="208" t="s">
         <v>132</v>
       </c>
-      <c r="B21" s="199"/>
-[...14 lines deleted...]
-      <c r="Q21" s="199"/>
+      <c r="B21" s="208"/>
+      <c r="C21" s="208"/>
+      <c r="D21" s="208"/>
+      <c r="E21" s="208"/>
+      <c r="F21" s="208"/>
+      <c r="G21" s="208"/>
+      <c r="H21" s="208"/>
+      <c r="I21" s="208"/>
+      <c r="J21" s="208"/>
+      <c r="K21" s="208"/>
+      <c r="L21" s="208"/>
+      <c r="M21" s="208"/>
+      <c r="N21" s="208"/>
+      <c r="O21" s="208"/>
+      <c r="P21" s="208"/>
+      <c r="Q21" s="208"/>
     </row>
     <row r="22" spans="1:21" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="211" t="s">
+      <c r="A22" s="224" t="s">
         <v>123</v>
       </c>
-      <c r="B22" s="211"/>
-[...2 lines deleted...]
-      <c r="E22" s="211"/>
+      <c r="B22" s="224"/>
+      <c r="C22" s="224"/>
+      <c r="D22" s="224"/>
+      <c r="E22" s="224"/>
       <c r="F22" s="126"/>
       <c r="G22" s="126"/>
       <c r="H22" s="126"/>
       <c r="I22" s="126"/>
       <c r="J22" s="126"/>
       <c r="K22" s="126"/>
       <c r="L22" s="94"/>
       <c r="M22" s="94"/>
     </row>
     <row r="23" spans="1:21" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="126"/>
       <c r="B23" s="126"/>
       <c r="C23" s="126"/>
       <c r="D23" s="126"/>
       <c r="E23" s="126"/>
       <c r="F23" s="126"/>
       <c r="G23" s="126"/>
       <c r="H23" s="126"/>
       <c r="I23" s="126"/>
       <c r="J23" s="126"/>
       <c r="K23" s="126"/>
       <c r="L23" s="94"/>
       <c r="M23" s="94"/>
     </row>
     <row r="24" spans="1:21" ht="15" customHeight="1" x14ac:dyDescent="0.25">
@@ -8774,178 +8774,178 @@
       <c r="A25" s="126"/>
       <c r="B25" s="126"/>
       <c r="C25" s="126"/>
       <c r="D25" s="126"/>
       <c r="E25" s="126"/>
       <c r="F25" s="126"/>
       <c r="G25" s="126"/>
       <c r="H25" s="126"/>
       <c r="I25" s="126"/>
       <c r="J25" s="126"/>
       <c r="K25" s="126"/>
       <c r="L25" s="94"/>
       <c r="M25" s="94"/>
     </row>
     <row r="26" spans="1:21" ht="15" x14ac:dyDescent="0.25">
       <c r="A26" s="22"/>
       <c r="B26" s="22"/>
       <c r="C26" s="22"/>
       <c r="D26"/>
       <c r="E26"/>
       <c r="F26"/>
       <c r="G26"/>
     </row>
   </sheetData>
   <mergeCells count="42">
-    <mergeCell ref="A1:Q1"/>
-[...24 lines deleted...]
-    <mergeCell ref="F16:H16"/>
     <mergeCell ref="A22:E22"/>
     <mergeCell ref="F15:N15"/>
     <mergeCell ref="A15:E16"/>
     <mergeCell ref="A10:Q10"/>
     <mergeCell ref="A21:Q21"/>
     <mergeCell ref="A18:E18"/>
     <mergeCell ref="F18:H18"/>
     <mergeCell ref="I18:K18"/>
     <mergeCell ref="L18:N18"/>
     <mergeCell ref="A19:E19"/>
     <mergeCell ref="F19:H19"/>
     <mergeCell ref="I19:K19"/>
     <mergeCell ref="L19:N19"/>
     <mergeCell ref="I16:K16"/>
     <mergeCell ref="L16:N16"/>
     <mergeCell ref="A17:E17"/>
+    <mergeCell ref="F17:H17"/>
+    <mergeCell ref="I17:K17"/>
+    <mergeCell ref="L17:N17"/>
+    <mergeCell ref="A11:E11"/>
+    <mergeCell ref="O12:Q12"/>
+    <mergeCell ref="A13:Q13"/>
+    <mergeCell ref="A14:Q14"/>
+    <mergeCell ref="O15:Q15"/>
+    <mergeCell ref="F16:H16"/>
+    <mergeCell ref="A7:E7"/>
+    <mergeCell ref="F7:H7"/>
+    <mergeCell ref="I7:K7"/>
+    <mergeCell ref="L7:N7"/>
+    <mergeCell ref="A8:E8"/>
+    <mergeCell ref="F8:H8"/>
+    <mergeCell ref="I8:K8"/>
+    <mergeCell ref="L8:N8"/>
+    <mergeCell ref="A1:Q1"/>
+    <mergeCell ref="A3:Q3"/>
+    <mergeCell ref="A4:Q4"/>
+    <mergeCell ref="A5:A6"/>
+    <mergeCell ref="F5:N5"/>
+    <mergeCell ref="O5:Q5"/>
+    <mergeCell ref="F6:H6"/>
+    <mergeCell ref="I6:K6"/>
+    <mergeCell ref="L6:N6"/>
   </mergeCells>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.51181102362204722" bottom="0.51181102362204722" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="80" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:J26"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:K1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="34.7109375" style="1" customWidth="1"/>
     <col min="2" max="3" width="10.7109375" style="1" customWidth="1"/>
     <col min="4" max="5" width="11.7109375" style="1" customWidth="1"/>
     <col min="6" max="8" width="9.28515625" style="1" customWidth="1"/>
     <col min="9" max="9" width="10.28515625" style="1" customWidth="1"/>
     <col min="10" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="210" t="s">
+      <c r="A1" s="196" t="s">
         <v>109</v>
       </c>
-      <c r="B1" s="210"/>
-[...6 lines deleted...]
-      <c r="I1" s="210"/>
+      <c r="B1" s="196"/>
+      <c r="C1" s="196"/>
+      <c r="D1" s="196"/>
+      <c r="E1" s="196"/>
+      <c r="F1" s="196"/>
+      <c r="G1" s="196"/>
+      <c r="H1" s="196"/>
+      <c r="I1" s="196"/>
     </row>
     <row r="2" spans="1:9" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="12"/>
       <c r="B2" s="12"/>
       <c r="C2" s="12"/>
       <c r="D2" s="12"/>
     </row>
     <row r="3" spans="1:9" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="205" t="s">
+      <c r="A3" s="197" t="s">
         <v>100</v>
       </c>
-      <c r="B3" s="205"/>
-[...6 lines deleted...]
-      <c r="I3" s="206"/>
+      <c r="B3" s="197"/>
+      <c r="C3" s="197"/>
+      <c r="D3" s="197"/>
+      <c r="E3" s="197"/>
+      <c r="F3" s="198"/>
+      <c r="G3" s="198"/>
+      <c r="H3" s="198"/>
+      <c r="I3" s="198"/>
     </row>
     <row r="4" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="207" t="s">
+      <c r="A4" s="199" t="s">
         <v>98</v>
       </c>
-      <c r="B4" s="207"/>
-[...6 lines deleted...]
-      <c r="I4" s="207"/>
+      <c r="B4" s="199"/>
+      <c r="C4" s="199"/>
+      <c r="D4" s="199"/>
+      <c r="E4" s="199"/>
+      <c r="F4" s="199"/>
+      <c r="G4" s="199"/>
+      <c r="H4" s="199"/>
+      <c r="I4" s="199"/>
     </row>
     <row r="5" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="208"/>
-      <c r="B5" s="209" t="s">
+      <c r="A5" s="200"/>
+      <c r="B5" s="201" t="s">
         <v>2</v>
       </c>
-      <c r="C5" s="209"/>
-[...1 lines deleted...]
-      <c r="E5" s="209"/>
+      <c r="C5" s="201"/>
+      <c r="D5" s="201"/>
+      <c r="E5" s="201"/>
       <c r="F5" s="230" t="s">
         <v>3</v>
       </c>
-      <c r="G5" s="220"/>
-[...1 lines deleted...]
-      <c r="I5" s="220"/>
+      <c r="G5" s="211"/>
+      <c r="H5" s="211"/>
+      <c r="I5" s="211"/>
     </row>
     <row r="6" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="208"/>
+      <c r="A6" s="200"/>
       <c r="B6" s="3">
         <v>2019</v>
       </c>
       <c r="C6" s="3">
         <v>2020</v>
       </c>
       <c r="D6" s="3">
         <v>2021</v>
       </c>
       <c r="E6" s="3">
         <v>2022</v>
       </c>
       <c r="F6" s="26">
         <v>2019</v>
       </c>
       <c r="G6" s="3">
         <v>2020</v>
       </c>
       <c r="H6" s="3">
         <v>2021</v>
       </c>
       <c r="I6" s="3">
         <v>2022</v>
       </c>
     </row>
@@ -9395,166 +9395,166 @@
       </c>
       <c r="I22" s="69">
         <v>8.8000000000000007</v>
       </c>
       <c r="J22" s="6"/>
     </row>
     <row r="23" spans="1:10" ht="3" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="7"/>
       <c r="B23" s="7"/>
       <c r="C23" s="7"/>
       <c r="D23" s="7"/>
       <c r="E23" s="7"/>
       <c r="F23" s="8"/>
       <c r="G23" s="8"/>
       <c r="H23" s="8"/>
       <c r="I23" s="8"/>
     </row>
     <row r="24" spans="1:10" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="231" t="s">
         <v>111</v>
       </c>
       <c r="B24" s="231"/>
       <c r="C24" s="231"/>
       <c r="E24" s="19"/>
       <c r="F24" s="19"/>
-      <c r="G24" s="222"/>
-[...1 lines deleted...]
-      <c r="I24" s="222"/>
+      <c r="G24" s="225"/>
+      <c r="H24" s="225"/>
+      <c r="I24" s="225"/>
     </row>
     <row r="25" spans="1:10" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="E25" s="19"/>
       <c r="F25" s="19"/>
       <c r="G25" s="9"/>
       <c r="H25" s="9"/>
       <c r="I25" s="9"/>
     </row>
     <row r="26" spans="1:10" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="10"/>
       <c r="B26" s="10"/>
       <c r="C26" s="10"/>
       <c r="D26" s="10"/>
       <c r="E26" s="10"/>
       <c r="F26" s="11"/>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="G24:I24"/>
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
     <mergeCell ref="A5:A6"/>
     <mergeCell ref="B5:E5"/>
     <mergeCell ref="F5:I5"/>
     <mergeCell ref="A24:C24"/>
     <mergeCell ref="A16:I16"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.31496062992125984" top="0.51181102362204722" bottom="0.51181102362204722" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="80" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:J16"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection sqref="A1:I1"/>
+      <selection sqref="A1:K1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="30.7109375" style="1" customWidth="1"/>
     <col min="2" max="4" width="10.7109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="11.7109375" style="1" customWidth="1"/>
     <col min="6" max="8" width="9.28515625" style="1" customWidth="1"/>
     <col min="9" max="9" width="10.28515625" style="1" customWidth="1"/>
     <col min="10" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="210" t="s">
+      <c r="A1" s="196" t="s">
         <v>109</v>
       </c>
-      <c r="B1" s="210"/>
-[...6 lines deleted...]
-      <c r="I1" s="210"/>
+      <c r="B1" s="196"/>
+      <c r="C1" s="196"/>
+      <c r="D1" s="196"/>
+      <c r="E1" s="196"/>
+      <c r="F1" s="196"/>
+      <c r="G1" s="196"/>
+      <c r="H1" s="196"/>
+      <c r="I1" s="196"/>
     </row>
     <row r="2" spans="1:10" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="12"/>
       <c r="B2" s="12"/>
       <c r="C2" s="12"/>
       <c r="D2" s="12"/>
     </row>
     <row r="3" spans="1:10" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="205" t="s">
+      <c r="A3" s="197" t="s">
         <v>67</v>
       </c>
-      <c r="B3" s="205"/>
-[...6 lines deleted...]
-      <c r="I3" s="206"/>
+      <c r="B3" s="197"/>
+      <c r="C3" s="197"/>
+      <c r="D3" s="197"/>
+      <c r="E3" s="197"/>
+      <c r="F3" s="198"/>
+      <c r="G3" s="198"/>
+      <c r="H3" s="198"/>
+      <c r="I3" s="198"/>
     </row>
     <row r="4" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="207" t="s">
+      <c r="A4" s="199" t="s">
         <v>98</v>
       </c>
-      <c r="B4" s="207"/>
-[...6 lines deleted...]
-      <c r="I4" s="207"/>
+      <c r="B4" s="199"/>
+      <c r="C4" s="199"/>
+      <c r="D4" s="199"/>
+      <c r="E4" s="199"/>
+      <c r="F4" s="199"/>
+      <c r="G4" s="199"/>
+      <c r="H4" s="199"/>
+      <c r="I4" s="199"/>
     </row>
     <row r="5" spans="1:10" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="208"/>
-      <c r="B5" s="209" t="s">
+      <c r="A5" s="200"/>
+      <c r="B5" s="201" t="s">
         <v>2</v>
       </c>
-      <c r="C5" s="209"/>
-[...1 lines deleted...]
-      <c r="E5" s="209"/>
+      <c r="C5" s="201"/>
+      <c r="D5" s="201"/>
+      <c r="E5" s="201"/>
       <c r="F5" s="230" t="s">
         <v>3</v>
       </c>
-      <c r="G5" s="220"/>
-[...1 lines deleted...]
-      <c r="I5" s="220"/>
+      <c r="G5" s="211"/>
+      <c r="H5" s="211"/>
+      <c r="I5" s="211"/>
     </row>
     <row r="6" spans="1:10" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="208"/>
+      <c r="A6" s="200"/>
       <c r="B6" s="3">
         <v>2019</v>
       </c>
       <c r="C6" s="3">
         <v>2020</v>
       </c>
       <c r="D6" s="3">
         <v>2021</v>
       </c>
       <c r="E6" s="3">
         <v>2022</v>
       </c>
       <c r="F6" s="26">
         <v>2019</v>
       </c>
       <c r="G6" s="3">
         <v>2020</v>
       </c>
       <c r="H6" s="3">
         <v>2021</v>
       </c>
       <c r="I6" s="3">
         <v>2022</v>
       </c>
     </row>
@@ -9766,120 +9766,120 @@
       <c r="C16" s="10"/>
       <c r="D16" s="10"/>
       <c r="E16" s="10"/>
       <c r="F16" s="11"/>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="A14:D14"/>
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
     <mergeCell ref="A5:A6"/>
     <mergeCell ref="B5:E5"/>
     <mergeCell ref="F5:I5"/>
   </mergeCells>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.51181102362204722" bottom="0.51181102362204722" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="80" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:J21"/>
   <sheetViews>
     <sheetView showGridLines="0" topLeftCell="A16" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A3" sqref="A3:I3"/>
+      <selection sqref="A1:K1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="40.7109375" style="1" customWidth="1"/>
     <col min="2" max="9" width="9.28515625" style="1" customWidth="1"/>
     <col min="10" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="210" t="s">
+      <c r="A1" s="196" t="s">
         <v>112</v>
       </c>
-      <c r="B1" s="210"/>
-[...6 lines deleted...]
-      <c r="I1" s="210"/>
+      <c r="B1" s="196"/>
+      <c r="C1" s="196"/>
+      <c r="D1" s="196"/>
+      <c r="E1" s="196"/>
+      <c r="F1" s="196"/>
+      <c r="G1" s="196"/>
+      <c r="H1" s="196"/>
+      <c r="I1" s="196"/>
     </row>
     <row r="2" spans="1:10" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="12"/>
       <c r="B2" s="12"/>
       <c r="C2" s="12"/>
       <c r="D2" s="12"/>
     </row>
     <row r="3" spans="1:10" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="234" t="s">
+      <c r="A3" s="233" t="s">
         <v>130</v>
       </c>
-      <c r="B3" s="234"/>
-[...6 lines deleted...]
-      <c r="I3" s="235"/>
+      <c r="B3" s="233"/>
+      <c r="C3" s="233"/>
+      <c r="D3" s="233"/>
+      <c r="E3" s="233"/>
+      <c r="F3" s="234"/>
+      <c r="G3" s="234"/>
+      <c r="H3" s="234"/>
+      <c r="I3" s="234"/>
     </row>
     <row r="4" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="207"/>
-[...7 lines deleted...]
-      <c r="I4" s="207"/>
+      <c r="A4" s="199"/>
+      <c r="B4" s="199"/>
+      <c r="C4" s="199"/>
+      <c r="D4" s="199"/>
+      <c r="E4" s="199"/>
+      <c r="F4" s="199"/>
+      <c r="G4" s="199"/>
+      <c r="H4" s="199"/>
+      <c r="I4" s="199"/>
     </row>
     <row r="5" spans="1:10" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="208"/>
-      <c r="B5" s="209" t="s">
+      <c r="A5" s="200"/>
+      <c r="B5" s="201" t="s">
         <v>2</v>
       </c>
-      <c r="C5" s="209"/>
-[...1 lines deleted...]
-      <c r="E5" s="209"/>
+      <c r="C5" s="201"/>
+      <c r="D5" s="201"/>
+      <c r="E5" s="201"/>
       <c r="F5" s="230" t="s">
         <v>3</v>
       </c>
-      <c r="G5" s="220"/>
-[...1 lines deleted...]
-      <c r="I5" s="220"/>
+      <c r="G5" s="211"/>
+      <c r="H5" s="211"/>
+      <c r="I5" s="211"/>
     </row>
     <row r="6" spans="1:10" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="208"/>
+      <c r="A6" s="200"/>
       <c r="B6" s="3">
         <v>2014</v>
       </c>
       <c r="C6" s="3">
         <v>2016</v>
       </c>
       <c r="D6" s="3">
         <v>2019</v>
       </c>
       <c r="E6" s="3">
         <v>2022</v>
       </c>
       <c r="F6" s="26">
         <v>2014</v>
       </c>
       <c r="G6" s="3">
         <v>2016</v>
       </c>
       <c r="H6" s="3">
         <v>2019</v>
       </c>
       <c r="I6" s="3">
         <v>2022</v>
       </c>
     </row>
@@ -9997,102 +9997,102 @@
       </c>
       <c r="I10" s="129">
         <v>2.4</v>
       </c>
       <c r="J10" s="6"/>
     </row>
     <row r="11" spans="1:10" ht="3" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="7"/>
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="7"/>
       <c r="F11" s="8"/>
       <c r="G11" s="8"/>
       <c r="H11" s="8"/>
       <c r="I11" s="8"/>
     </row>
     <row r="12" spans="1:10" s="92" customFormat="1" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="231" t="s">
         <v>124</v>
       </c>
       <c r="B12" s="231"/>
       <c r="C12" s="231"/>
       <c r="E12" s="93"/>
       <c r="F12" s="93"/>
-      <c r="G12" s="233"/>
-[...1 lines deleted...]
-      <c r="I12" s="233"/>
+      <c r="G12" s="235"/>
+      <c r="H12" s="235"/>
+      <c r="I12" s="235"/>
     </row>
     <row r="13" spans="1:10" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="E13" s="19"/>
       <c r="F13" s="19"/>
       <c r="G13" s="9"/>
       <c r="H13" s="9"/>
       <c r="I13" s="9"/>
     </row>
     <row r="14" spans="1:10" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="205" t="s">
+      <c r="A14" s="197" t="s">
         <v>138</v>
       </c>
-      <c r="B14" s="205"/>
-[...6 lines deleted...]
-      <c r="I14" s="206"/>
+      <c r="B14" s="197"/>
+      <c r="C14" s="197"/>
+      <c r="D14" s="197"/>
+      <c r="E14" s="197"/>
+      <c r="F14" s="198"/>
+      <c r="G14" s="198"/>
+      <c r="H14" s="198"/>
+      <c r="I14" s="198"/>
     </row>
     <row r="15" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="207"/>
-[...7 lines deleted...]
-      <c r="I15" s="207"/>
+      <c r="A15" s="199"/>
+      <c r="B15" s="199"/>
+      <c r="C15" s="199"/>
+      <c r="D15" s="199"/>
+      <c r="E15" s="199"/>
+      <c r="F15" s="199"/>
+      <c r="G15" s="199"/>
+      <c r="H15" s="199"/>
+      <c r="I15" s="199"/>
     </row>
     <row r="16" spans="1:10" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="208"/>
-      <c r="B16" s="209" t="s">
+      <c r="A16" s="200"/>
+      <c r="B16" s="201" t="s">
         <v>2</v>
       </c>
-      <c r="C16" s="209"/>
-[...1 lines deleted...]
-      <c r="E16" s="209"/>
+      <c r="C16" s="201"/>
+      <c r="D16" s="201"/>
+      <c r="E16" s="201"/>
       <c r="F16" s="230" t="s">
         <v>3</v>
       </c>
-      <c r="G16" s="220"/>
-[...1 lines deleted...]
-      <c r="I16" s="220"/>
+      <c r="G16" s="211"/>
+      <c r="H16" s="211"/>
+      <c r="I16" s="211"/>
     </row>
     <row r="17" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="208"/>
+      <c r="A17" s="200"/>
       <c r="B17" s="3">
         <v>2014</v>
       </c>
       <c r="C17" s="3">
         <v>2016</v>
       </c>
       <c r="D17" s="3">
         <v>2019</v>
       </c>
       <c r="E17" s="3">
         <v>2022</v>
       </c>
       <c r="F17" s="26">
         <v>2014</v>
       </c>
       <c r="G17" s="3">
         <v>2016</v>
       </c>
       <c r="H17" s="3">
         <v>2019</v>
       </c>
       <c r="I17" s="3">
         <v>2022</v>
       </c>
     </row>
@@ -10143,726 +10143,726 @@
       </c>
       <c r="F19" s="65">
         <v>4</v>
       </c>
       <c r="G19" s="17">
         <v>2.9</v>
       </c>
       <c r="H19" s="17">
         <v>19.5</v>
       </c>
       <c r="I19" s="69">
         <v>19.7</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="21" spans="1:9" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="231" t="s">
         <v>124</v>
       </c>
       <c r="B21" s="231"/>
       <c r="C21" s="231"/>
       <c r="D21" s="231"/>
     </row>
   </sheetData>
   <mergeCells count="14">
-    <mergeCell ref="A1:I1"/>
-[...4 lines deleted...]
-    <mergeCell ref="F5:I5"/>
     <mergeCell ref="A21:D21"/>
     <mergeCell ref="G12:I12"/>
     <mergeCell ref="A14:I14"/>
     <mergeCell ref="A15:I15"/>
     <mergeCell ref="A16:A17"/>
     <mergeCell ref="B16:E16"/>
     <mergeCell ref="F16:I16"/>
     <mergeCell ref="A12:C12"/>
+    <mergeCell ref="A1:I1"/>
+    <mergeCell ref="A3:I3"/>
+    <mergeCell ref="A4:I4"/>
+    <mergeCell ref="A5:A6"/>
+    <mergeCell ref="B5:E5"/>
+    <mergeCell ref="F5:I5"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.31496062992125984" top="0.51181102362204722" bottom="0.51181102362204722" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="80" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A1:N27"/>
   <sheetViews>
     <sheetView showGridLines="0" topLeftCell="A4" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A18" sqref="A18:J18"/>
+      <selection sqref="A1:K1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="37.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="8.7109375" style="1" customWidth="1"/>
     <col min="3" max="5" width="9.7109375" style="1" customWidth="1"/>
     <col min="6" max="6" width="3.28515625" style="1" customWidth="1"/>
     <col min="7" max="7" width="4.7109375" style="1" customWidth="1"/>
     <col min="8" max="8" width="8.7109375" style="1" customWidth="1"/>
     <col min="9" max="10" width="9.7109375" style="1" customWidth="1"/>
     <col min="11" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="241" t="s">
+      <c r="A1" s="246" t="s">
         <v>127</v>
       </c>
-      <c r="B1" s="241"/>
-[...7 lines deleted...]
-      <c r="J1" s="241"/>
+      <c r="B1" s="246"/>
+      <c r="C1" s="246"/>
+      <c r="D1" s="246"/>
+      <c r="E1" s="246"/>
+      <c r="F1" s="246"/>
+      <c r="G1" s="246"/>
+      <c r="H1" s="246"/>
+      <c r="I1" s="246"/>
+      <c r="J1" s="246"/>
     </row>
     <row r="2" spans="1:14" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="12"/>
       <c r="B2" s="12"/>
       <c r="C2" s="12"/>
       <c r="D2" s="12"/>
     </row>
     <row r="3" spans="1:14" ht="65.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="205" t="s">
+      <c r="A3" s="197" t="s">
         <v>125</v>
       </c>
-      <c r="B3" s="205"/>
-[...7 lines deleted...]
-      <c r="J3" s="206"/>
+      <c r="B3" s="197"/>
+      <c r="C3" s="197"/>
+      <c r="D3" s="197"/>
+      <c r="E3" s="197"/>
+      <c r="F3" s="198"/>
+      <c r="G3" s="198"/>
+      <c r="H3" s="198"/>
+      <c r="I3" s="198"/>
+      <c r="J3" s="198"/>
     </row>
     <row r="4" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="207"/>
-[...8 lines deleted...]
-      <c r="J4" s="207"/>
+      <c r="A4" s="199"/>
+      <c r="B4" s="199"/>
+      <c r="C4" s="199"/>
+      <c r="D4" s="199"/>
+      <c r="E4" s="199"/>
+      <c r="F4" s="199"/>
+      <c r="G4" s="199"/>
+      <c r="H4" s="199"/>
+      <c r="I4" s="199"/>
+      <c r="J4" s="199"/>
     </row>
     <row r="5" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="208"/>
-[...1 lines deleted...]
-      <c r="C5" s="209" t="s">
+      <c r="A5" s="200"/>
+      <c r="B5" s="200"/>
+      <c r="C5" s="201" t="s">
         <v>2</v>
       </c>
-      <c r="D5" s="209"/>
-[...1 lines deleted...]
-      <c r="F5" s="242" t="s">
+      <c r="D5" s="201"/>
+      <c r="E5" s="201"/>
+      <c r="F5" s="247" t="s">
         <v>3</v>
       </c>
-      <c r="G5" s="209"/>
-[...2 lines deleted...]
-      <c r="J5" s="209"/>
+      <c r="G5" s="201"/>
+      <c r="H5" s="201"/>
+      <c r="I5" s="201"/>
+      <c r="J5" s="201"/>
       <c r="K5" s="108"/>
     </row>
     <row r="6" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="208"/>
-      <c r="B6" s="208"/>
+      <c r="A6" s="200"/>
+      <c r="B6" s="200"/>
       <c r="C6" s="3">
         <v>2016</v>
       </c>
       <c r="D6" s="3">
         <v>2019</v>
       </c>
       <c r="E6" s="3">
         <v>2022</v>
       </c>
       <c r="F6" s="171"/>
-      <c r="G6" s="203">
+      <c r="G6" s="204">
         <v>2016</v>
       </c>
-      <c r="H6" s="203"/>
+      <c r="H6" s="204"/>
       <c r="I6" s="139">
         <v>2019</v>
       </c>
       <c r="J6" s="80">
         <v>2022</v>
       </c>
       <c r="K6" s="173"/>
     </row>
     <row r="7" spans="1:14" ht="34.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="212" t="s">
+      <c r="A7" s="226" t="s">
         <v>23</v>
       </c>
-      <c r="B7" s="212"/>
+      <c r="B7" s="226"/>
       <c r="C7" s="18"/>
       <c r="D7" s="18"/>
       <c r="E7" s="18"/>
       <c r="F7" s="81"/>
       <c r="G7" s="152"/>
       <c r="H7" s="82"/>
       <c r="I7" s="133"/>
       <c r="J7" s="168"/>
       <c r="K7" s="168"/>
     </row>
     <row r="8" spans="1:14" ht="34.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="240" t="s">
+      <c r="A8" s="252" t="s">
         <v>28</v>
       </c>
-      <c r="B8" s="240"/>
+      <c r="B8" s="252"/>
       <c r="C8" s="75">
         <v>3000</v>
       </c>
       <c r="D8" s="111">
         <v>3166</v>
       </c>
       <c r="E8" s="75">
         <v>3440</v>
       </c>
       <c r="F8" s="169"/>
-      <c r="G8" s="246">
+      <c r="G8" s="239">
         <v>2169</v>
       </c>
-      <c r="H8" s="246"/>
+      <c r="H8" s="239"/>
       <c r="I8" s="28">
         <v>2444</v>
       </c>
       <c r="J8" s="148">
         <v>2615</v>
       </c>
       <c r="K8" s="79"/>
     </row>
     <row r="9" spans="1:14" ht="34.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="240" t="s">
+      <c r="A9" s="252" t="s">
         <v>29</v>
       </c>
-      <c r="B9" s="240"/>
+      <c r="B9" s="252"/>
       <c r="C9" s="75">
         <v>6275</v>
       </c>
       <c r="D9" s="111">
         <v>7093</v>
       </c>
       <c r="E9" s="75">
         <v>7694</v>
       </c>
       <c r="F9" s="169"/>
-      <c r="G9" s="246">
+      <c r="G9" s="239">
         <v>4843</v>
       </c>
-      <c r="H9" s="246"/>
+      <c r="H9" s="239"/>
       <c r="I9" s="28">
         <v>5177</v>
       </c>
       <c r="J9" s="148">
         <v>5511</v>
       </c>
       <c r="K9" s="79"/>
       <c r="M9" s="108"/>
       <c r="N9" s="108"/>
     </row>
     <row r="10" spans="1:14" ht="34.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="240" t="s">
+      <c r="A10" s="252" t="s">
         <v>30</v>
       </c>
-      <c r="B10" s="240"/>
+      <c r="B10" s="252"/>
       <c r="C10" s="75">
         <v>13148</v>
       </c>
       <c r="D10" s="111">
         <v>15031</v>
       </c>
       <c r="E10" s="75">
         <v>15867</v>
       </c>
       <c r="F10" s="169"/>
-      <c r="G10" s="246">
+      <c r="G10" s="239">
         <v>10886</v>
       </c>
-      <c r="H10" s="246"/>
+      <c r="H10" s="239"/>
       <c r="I10" s="28">
         <v>11461</v>
       </c>
       <c r="J10" s="148">
         <v>11880</v>
       </c>
       <c r="K10" s="79"/>
     </row>
     <row r="11" spans="1:14" ht="34.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="212" t="s">
+      <c r="A11" s="226" t="s">
         <v>31</v>
       </c>
-      <c r="B11" s="212"/>
+      <c r="B11" s="226"/>
       <c r="C11" s="76"/>
       <c r="D11" s="112"/>
       <c r="E11" s="76"/>
       <c r="F11" s="169"/>
-      <c r="G11" s="247"/>
-      <c r="H11" s="247"/>
+      <c r="G11" s="240"/>
+      <c r="H11" s="240"/>
       <c r="I11" s="28"/>
       <c r="J11" s="148"/>
       <c r="K11" s="79"/>
     </row>
     <row r="12" spans="1:14" ht="34.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="236" t="s">
+      <c r="A12" s="248" t="s">
         <v>28</v>
       </c>
-      <c r="B12" s="236"/>
+      <c r="B12" s="248"/>
       <c r="C12" s="75">
         <v>2848</v>
       </c>
       <c r="D12" s="111">
         <v>3152</v>
       </c>
       <c r="E12" s="75">
         <v>3401</v>
       </c>
       <c r="F12" s="169"/>
-      <c r="G12" s="246">
+      <c r="G12" s="239">
         <v>2135</v>
       </c>
-      <c r="H12" s="246"/>
+      <c r="H12" s="239"/>
       <c r="I12" s="28">
         <v>2343</v>
       </c>
       <c r="J12" s="148">
         <v>2583</v>
       </c>
       <c r="K12" s="79"/>
     </row>
     <row r="13" spans="1:14" ht="34.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="236" t="s">
+      <c r="A13" s="248" t="s">
         <v>29</v>
       </c>
-      <c r="B13" s="236"/>
+      <c r="B13" s="248"/>
       <c r="C13" s="75">
         <v>6502</v>
       </c>
       <c r="D13" s="111">
         <v>7348</v>
       </c>
       <c r="E13" s="75">
         <v>7971</v>
       </c>
       <c r="F13" s="169"/>
-      <c r="G13" s="246">
+      <c r="G13" s="239">
         <v>5037</v>
       </c>
-      <c r="H13" s="246"/>
+      <c r="H13" s="239"/>
       <c r="I13" s="28">
         <v>5379</v>
       </c>
       <c r="J13" s="148">
         <v>5711</v>
       </c>
       <c r="K13" s="79"/>
     </row>
     <row r="14" spans="1:14" ht="34.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A14" s="237" t="s">
+      <c r="A14" s="249" t="s">
         <v>30</v>
       </c>
-      <c r="B14" s="237"/>
+      <c r="B14" s="249"/>
       <c r="C14" s="77">
         <v>16088</v>
       </c>
       <c r="D14" s="113">
         <v>18506</v>
       </c>
       <c r="E14" s="77">
         <v>19652</v>
       </c>
       <c r="F14" s="170"/>
-      <c r="G14" s="245">
+      <c r="G14" s="238">
         <v>12429</v>
       </c>
-      <c r="H14" s="245"/>
+      <c r="H14" s="238"/>
       <c r="I14" s="172">
         <v>13286</v>
       </c>
       <c r="J14" s="149">
         <v>14265</v>
       </c>
       <c r="K14" s="79"/>
       <c r="L14" s="6"/>
     </row>
     <row r="15" spans="1:14" ht="3" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="7"/>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="7"/>
       <c r="F15" s="8"/>
       <c r="G15" s="8"/>
       <c r="H15" s="8"/>
       <c r="I15" s="8"/>
       <c r="J15" s="8"/>
     </row>
     <row r="16" spans="1:14" s="92" customFormat="1" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="231" t="s">
         <v>124</v>
       </c>
       <c r="B16" s="231"/>
       <c r="C16" s="231"/>
       <c r="E16" s="93"/>
       <c r="F16" s="93"/>
       <c r="G16" s="93"/>
-      <c r="H16" s="233"/>
-[...1 lines deleted...]
-      <c r="J16" s="233"/>
+      <c r="H16" s="235"/>
+      <c r="I16" s="235"/>
+      <c r="J16" s="235"/>
     </row>
     <row r="17" spans="1:10" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="E17" s="19"/>
       <c r="F17" s="19"/>
       <c r="G17" s="19"/>
       <c r="H17" s="9"/>
       <c r="I17" s="9"/>
       <c r="J17" s="9"/>
     </row>
     <row r="18" spans="1:10" ht="63" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="205" t="s">
+      <c r="A18" s="197" t="s">
         <v>129</v>
       </c>
-      <c r="B18" s="205"/>
-[...7 lines deleted...]
-      <c r="J18" s="206"/>
+      <c r="B18" s="197"/>
+      <c r="C18" s="197"/>
+      <c r="D18" s="197"/>
+      <c r="E18" s="197"/>
+      <c r="F18" s="198"/>
+      <c r="G18" s="198"/>
+      <c r="H18" s="198"/>
+      <c r="I18" s="198"/>
+      <c r="J18" s="198"/>
     </row>
     <row r="19" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="207"/>
-[...8 lines deleted...]
-      <c r="J19" s="207"/>
+      <c r="A19" s="199"/>
+      <c r="B19" s="199"/>
+      <c r="C19" s="199"/>
+      <c r="D19" s="199"/>
+      <c r="E19" s="199"/>
+      <c r="F19" s="199"/>
+      <c r="G19" s="199"/>
+      <c r="H19" s="199"/>
+      <c r="I19" s="199"/>
+      <c r="J19" s="199"/>
     </row>
     <row r="20" spans="1:10" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="208"/>
-      <c r="B20" s="209" t="s">
+      <c r="A20" s="200"/>
+      <c r="B20" s="201" t="s">
         <v>2</v>
       </c>
-      <c r="C20" s="209"/>
-[...1 lines deleted...]
-      <c r="E20" s="209"/>
+      <c r="C20" s="201"/>
+      <c r="D20" s="201"/>
+      <c r="E20" s="201"/>
       <c r="F20" s="230" t="s">
         <v>3</v>
       </c>
-      <c r="G20" s="238"/>
-[...2 lines deleted...]
-      <c r="J20" s="239"/>
+      <c r="G20" s="250"/>
+      <c r="H20" s="251"/>
+      <c r="I20" s="251"/>
+      <c r="J20" s="251"/>
     </row>
     <row r="21" spans="1:10" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="208"/>
+      <c r="A21" s="200"/>
       <c r="B21" s="3">
         <v>2014</v>
       </c>
       <c r="C21" s="3">
         <v>2016</v>
       </c>
       <c r="D21" s="3">
         <v>2019</v>
       </c>
       <c r="E21" s="3">
         <v>2022</v>
       </c>
-      <c r="F21" s="248">
+      <c r="F21" s="241">
         <v>2014</v>
       </c>
-      <c r="G21" s="203"/>
+      <c r="G21" s="204"/>
       <c r="H21" s="3">
         <v>2016</v>
       </c>
       <c r="I21" s="3">
         <v>2019</v>
       </c>
       <c r="J21" s="3">
         <v>2022</v>
       </c>
     </row>
     <row r="22" spans="1:10" ht="34.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="63" t="s">
         <v>32</v>
       </c>
       <c r="B22" s="34">
         <v>2946</v>
       </c>
       <c r="C22" s="34">
         <v>3314</v>
       </c>
       <c r="D22" s="34">
         <v>3683</v>
       </c>
       <c r="E22" s="34">
         <v>4282</v>
       </c>
-      <c r="F22" s="249">
+      <c r="F22" s="242">
         <v>1964</v>
       </c>
-      <c r="G22" s="250"/>
+      <c r="G22" s="243"/>
       <c r="H22" s="34">
         <v>2109</v>
       </c>
       <c r="I22" s="34">
         <v>2279</v>
       </c>
       <c r="J22" s="34">
         <v>2770</v>
       </c>
     </row>
     <row r="23" spans="1:10" ht="64.900000000000006" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="20" t="s">
         <v>24</v>
       </c>
       <c r="B23" s="37" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="35">
         <v>5.9</v>
       </c>
       <c r="D23" s="35">
         <v>3.6</v>
       </c>
       <c r="E23" s="35">
         <v>5</v>
       </c>
-      <c r="F23" s="251" t="s">
+      <c r="F23" s="244" t="s">
         <v>26</v>
       </c>
-      <c r="G23" s="252"/>
+      <c r="G23" s="245"/>
       <c r="H23" s="35">
         <v>3.6</v>
       </c>
       <c r="I23" s="35">
         <v>2.6</v>
       </c>
       <c r="J23" s="35">
         <v>6.5</v>
       </c>
     </row>
     <row r="24" spans="1:10" ht="34.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="63" t="s">
         <v>33</v>
       </c>
       <c r="B24" s="34">
         <v>3578</v>
       </c>
       <c r="C24" s="34">
         <v>4033</v>
       </c>
       <c r="D24" s="34">
         <v>4609</v>
       </c>
       <c r="E24" s="34">
         <v>5150</v>
       </c>
-      <c r="F24" s="249">
+      <c r="F24" s="242">
         <v>2355</v>
       </c>
-      <c r="G24" s="250"/>
+      <c r="G24" s="243"/>
       <c r="H24" s="34">
         <v>2595</v>
       </c>
       <c r="I24" s="34">
         <v>2799</v>
       </c>
       <c r="J24" s="34">
         <v>3342</v>
       </c>
     </row>
     <row r="25" spans="1:10" ht="64.900000000000006" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A25" s="14" t="s">
         <v>69</v>
       </c>
       <c r="B25" s="38" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="36">
         <v>6</v>
       </c>
       <c r="D25" s="36">
         <v>4.5999999999999996</v>
       </c>
       <c r="E25" s="36">
         <v>3.7</v>
       </c>
-      <c r="F25" s="243" t="s">
+      <c r="F25" s="236" t="s">
         <v>26</v>
       </c>
-      <c r="G25" s="244"/>
+      <c r="G25" s="237"/>
       <c r="H25" s="36">
         <v>4.9000000000000004</v>
       </c>
       <c r="I25" s="36">
         <v>2.6</v>
       </c>
       <c r="J25" s="36">
         <v>5.9</v>
       </c>
     </row>
     <row r="26" spans="1:10" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="27" spans="1:10" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="231" t="s">
         <v>124</v>
       </c>
       <c r="B27" s="231"/>
       <c r="C27" s="231"/>
     </row>
   </sheetData>
   <mergeCells count="35">
-    <mergeCell ref="F25:G25"/>
-[...17 lines deleted...]
-    <mergeCell ref="A5:B6"/>
     <mergeCell ref="A27:C27"/>
     <mergeCell ref="A16:C16"/>
     <mergeCell ref="A7:B7"/>
     <mergeCell ref="A12:B12"/>
     <mergeCell ref="A13:B13"/>
     <mergeCell ref="A14:B14"/>
     <mergeCell ref="A19:J19"/>
     <mergeCell ref="A20:A21"/>
     <mergeCell ref="B20:E20"/>
     <mergeCell ref="F20:J20"/>
     <mergeCell ref="A8:B8"/>
     <mergeCell ref="A9:B9"/>
     <mergeCell ref="A10:B10"/>
     <mergeCell ref="A11:B11"/>
     <mergeCell ref="H16:J16"/>
     <mergeCell ref="A18:J18"/>
+    <mergeCell ref="A1:J1"/>
+    <mergeCell ref="A3:J3"/>
+    <mergeCell ref="A4:J4"/>
+    <mergeCell ref="F5:J5"/>
+    <mergeCell ref="C5:E5"/>
+    <mergeCell ref="A5:B6"/>
+    <mergeCell ref="F25:G25"/>
+    <mergeCell ref="G14:H14"/>
+    <mergeCell ref="G6:H6"/>
+    <mergeCell ref="G9:H9"/>
+    <mergeCell ref="G10:H10"/>
+    <mergeCell ref="G11:H11"/>
+    <mergeCell ref="G12:H12"/>
+    <mergeCell ref="G13:H13"/>
+    <mergeCell ref="G8:H8"/>
+    <mergeCell ref="F21:G21"/>
+    <mergeCell ref="F22:G22"/>
+    <mergeCell ref="F23:G23"/>
+    <mergeCell ref="F24:G24"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.31496062992125984" top="0.51181102362204722" bottom="0.51181102362204722" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="80" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <dimension ref="A1:N23"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection sqref="A1:I1"/>
+      <selection sqref="A1:K1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="30.7109375" style="1" customWidth="1"/>
     <col min="2" max="5" width="12.7109375" style="1" customWidth="1"/>
     <col min="6" max="8" width="8.7109375" style="1" customWidth="1"/>
     <col min="9" max="9" width="9.7109375" style="1" customWidth="1"/>
     <col min="10" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="210" t="s">
+      <c r="A1" s="196" t="s">
         <v>114</v>
       </c>
-      <c r="B1" s="210"/>
-[...6 lines deleted...]
-      <c r="I1" s="210"/>
+      <c r="B1" s="196"/>
+      <c r="C1" s="196"/>
+      <c r="D1" s="196"/>
+      <c r="E1" s="196"/>
+      <c r="F1" s="196"/>
+      <c r="G1" s="196"/>
+      <c r="H1" s="196"/>
+      <c r="I1" s="196"/>
     </row>
     <row r="2" spans="1:14" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="12"/>
       <c r="B2" s="12"/>
       <c r="C2" s="12"/>
       <c r="D2" s="12"/>
     </row>
     <row r="3" spans="1:14" s="92" customFormat="1" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="253" t="s">
         <v>66</v>
       </c>
       <c r="B3" s="253"/>
       <c r="C3" s="253"/>
       <c r="D3" s="253"/>
       <c r="E3" s="253"/>
       <c r="F3" s="254"/>
       <c r="G3" s="254"/>
       <c r="H3" s="254"/>
       <c r="I3" s="254"/>
     </row>
     <row r="4" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="207" t="s">
+      <c r="A4" s="199" t="s">
         <v>113</v>
       </c>
-      <c r="B4" s="207"/>
-[...6 lines deleted...]
-      <c r="I4" s="207"/>
+      <c r="B4" s="199"/>
+      <c r="C4" s="199"/>
+      <c r="D4" s="199"/>
+      <c r="E4" s="199"/>
+      <c r="F4" s="199"/>
+      <c r="G4" s="199"/>
+      <c r="H4" s="199"/>
+      <c r="I4" s="199"/>
     </row>
     <row r="5" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="208"/>
-      <c r="B5" s="209" t="s">
+      <c r="A5" s="200"/>
+      <c r="B5" s="201" t="s">
         <v>2</v>
       </c>
-      <c r="C5" s="209"/>
-[...1 lines deleted...]
-      <c r="E5" s="209"/>
+      <c r="C5" s="201"/>
+      <c r="D5" s="201"/>
+      <c r="E5" s="201"/>
       <c r="F5" s="230" t="s">
         <v>3</v>
       </c>
-      <c r="G5" s="239"/>
-[...1 lines deleted...]
-      <c r="I5" s="239"/>
+      <c r="G5" s="251"/>
+      <c r="H5" s="251"/>
+      <c r="I5" s="251"/>
     </row>
     <row r="6" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="208"/>
+      <c r="A6" s="200"/>
       <c r="B6" s="109">
         <v>2019</v>
       </c>
       <c r="C6" s="109">
         <v>2020</v>
       </c>
       <c r="D6" s="109" t="s">
         <v>34</v>
       </c>
       <c r="E6" s="109" t="s">
         <v>17</v>
       </c>
       <c r="F6" s="26">
         <v>2019</v>
       </c>
       <c r="G6" s="3">
         <v>2020</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>17</v>
       </c>
     </row>
@@ -11228,174 +11228,174 @@
       <c r="G18" s="98">
         <v>77840</v>
       </c>
       <c r="H18" s="98">
         <v>78999</v>
       </c>
       <c r="I18" s="102">
         <v>81931</v>
       </c>
       <c r="M18" s="6"/>
       <c r="N18" s="4"/>
     </row>
     <row r="19" spans="1:14" ht="3" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="7"/>
       <c r="B19" s="7"/>
       <c r="C19" s="7"/>
       <c r="D19" s="7"/>
       <c r="E19" s="7"/>
       <c r="F19" s="8"/>
       <c r="G19" s="8"/>
       <c r="H19" s="8"/>
       <c r="I19" s="8"/>
       <c r="N19" s="6"/>
     </row>
     <row r="20" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="233" t="s">
+      <c r="A20" s="235" t="s">
         <v>115</v>
       </c>
-      <c r="B20" s="233"/>
-      <c r="C20" s="233"/>
+      <c r="B20" s="235"/>
+      <c r="C20" s="235"/>
       <c r="F20" s="93"/>
       <c r="G20" s="93"/>
       <c r="H20" s="93"/>
       <c r="I20" s="93"/>
     </row>
     <row r="21" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="233"/>
-[...1 lines deleted...]
-      <c r="C21" s="233"/>
+      <c r="A21" s="235"/>
+      <c r="B21" s="235"/>
+      <c r="C21" s="235"/>
       <c r="E21" s="93"/>
       <c r="F21" s="93"/>
       <c r="G21" s="93"/>
       <c r="H21" s="93"/>
       <c r="I21" s="93"/>
     </row>
     <row r="22" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="151"/>
       <c r="B22" s="151"/>
       <c r="C22" s="10"/>
       <c r="D22" s="10"/>
       <c r="E22" s="10"/>
       <c r="F22" s="11"/>
     </row>
     <row r="23" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A23" s="151"/>
       <c r="B23" s="151"/>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="A20:C21"/>
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
     <mergeCell ref="A5:A6"/>
     <mergeCell ref="B5:E5"/>
     <mergeCell ref="F5:I5"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.23622047244094491" top="0.51181102362204722" bottom="0.51181102362204722" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="80" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <dimension ref="A1:N23"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection sqref="A1:I1"/>
+      <selection sqref="A1:K1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="35.7109375" style="1" customWidth="1"/>
     <col min="2" max="9" width="9.7109375" style="1" customWidth="1"/>
     <col min="10" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="210" t="s">
+      <c r="A1" s="196" t="s">
         <v>114</v>
       </c>
-      <c r="B1" s="210"/>
-[...6 lines deleted...]
-      <c r="I1" s="210"/>
+      <c r="B1" s="196"/>
+      <c r="C1" s="196"/>
+      <c r="D1" s="196"/>
+      <c r="E1" s="196"/>
+      <c r="F1" s="196"/>
+      <c r="G1" s="196"/>
+      <c r="H1" s="196"/>
+      <c r="I1" s="196"/>
     </row>
     <row r="2" spans="1:14" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="12"/>
       <c r="B2" s="12"/>
       <c r="C2" s="12"/>
       <c r="D2" s="12"/>
     </row>
     <row r="3" spans="1:14" ht="61.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="253" t="s">
         <v>128</v>
       </c>
       <c r="B3" s="253"/>
       <c r="C3" s="253"/>
       <c r="D3" s="253"/>
       <c r="E3" s="253"/>
       <c r="F3" s="254"/>
       <c r="G3" s="254"/>
       <c r="H3" s="254"/>
       <c r="I3" s="254"/>
     </row>
     <row r="4" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="207" t="s">
+      <c r="A4" s="199" t="s">
         <v>118</v>
       </c>
-      <c r="B4" s="207"/>
-[...6 lines deleted...]
-      <c r="I4" s="207"/>
+      <c r="B4" s="199"/>
+      <c r="C4" s="199"/>
+      <c r="D4" s="199"/>
+      <c r="E4" s="199"/>
+      <c r="F4" s="199"/>
+      <c r="G4" s="199"/>
+      <c r="H4" s="199"/>
+      <c r="I4" s="199"/>
     </row>
     <row r="5" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="208"/>
-      <c r="B5" s="209" t="s">
+      <c r="A5" s="200"/>
+      <c r="B5" s="201" t="s">
         <v>2</v>
       </c>
-      <c r="C5" s="209"/>
-[...1 lines deleted...]
-      <c r="E5" s="209"/>
+      <c r="C5" s="201"/>
+      <c r="D5" s="201"/>
+      <c r="E5" s="201"/>
       <c r="F5" s="230" t="s">
         <v>3</v>
       </c>
-      <c r="G5" s="239"/>
-[...1 lines deleted...]
-      <c r="I5" s="239"/>
+      <c r="G5" s="251"/>
+      <c r="H5" s="251"/>
+      <c r="I5" s="251"/>
     </row>
     <row r="6" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="208"/>
+      <c r="A6" s="200"/>
       <c r="B6" s="47">
         <v>2019</v>
       </c>
       <c r="C6" s="47">
         <v>2020</v>
       </c>
       <c r="D6" s="47" t="s">
         <v>34</v>
       </c>
       <c r="E6" s="47" t="s">
         <v>17</v>
       </c>
       <c r="F6" s="26">
         <v>2019</v>
       </c>
       <c r="G6" s="47">
         <v>2020</v>
       </c>
       <c r="H6" s="47" t="s">
         <v>34</v>
       </c>
       <c r="I6" s="47" t="s">
         <v>17</v>
       </c>
     </row>
@@ -11761,176 +11761,176 @@
       <c r="G18" s="42">
         <v>-9.1</v>
       </c>
       <c r="H18" s="42">
         <v>1.5</v>
       </c>
       <c r="I18" s="42">
         <v>3.7</v>
       </c>
       <c r="M18" s="6"/>
       <c r="N18" s="48"/>
     </row>
     <row r="19" spans="1:14" ht="3" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="7"/>
       <c r="B19" s="7"/>
       <c r="C19" s="7"/>
       <c r="D19" s="7"/>
       <c r="E19" s="7"/>
       <c r="F19" s="8"/>
       <c r="G19" s="8"/>
       <c r="H19" s="8"/>
       <c r="I19" s="8"/>
       <c r="N19" s="6"/>
     </row>
     <row r="20" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="233" t="s">
+      <c r="A20" s="235" t="s">
         <v>115</v>
       </c>
-      <c r="B20" s="233"/>
-      <c r="C20" s="233"/>
+      <c r="B20" s="235"/>
+      <c r="C20" s="235"/>
       <c r="F20" s="93"/>
       <c r="G20" s="93"/>
       <c r="H20" s="93"/>
       <c r="I20" s="93"/>
     </row>
     <row r="21" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="233"/>
-[...1 lines deleted...]
-      <c r="C21" s="233"/>
+      <c r="A21" s="235"/>
+      <c r="B21" s="235"/>
+      <c r="C21" s="235"/>
       <c r="E21" s="93"/>
       <c r="F21" s="93"/>
       <c r="G21" s="93"/>
       <c r="H21" s="93"/>
       <c r="I21" s="93"/>
     </row>
     <row r="22" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="151"/>
       <c r="B22" s="151"/>
       <c r="C22" s="10"/>
       <c r="D22" s="10"/>
       <c r="E22" s="10"/>
       <c r="F22" s="11"/>
     </row>
     <row r="23" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A23" s="151"/>
       <c r="B23" s="151"/>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="A20:C21"/>
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
     <mergeCell ref="A5:A6"/>
     <mergeCell ref="B5:E5"/>
     <mergeCell ref="F5:I5"/>
   </mergeCells>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.51181102362204722" bottom="0.51181102362204722" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="80" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <dimension ref="A1:N23"/>
   <sheetViews>
     <sheetView showGridLines="0" topLeftCell="A16" zoomScaleNormal="100" workbookViewId="0">
-      <selection sqref="A1:I1"/>
+      <selection sqref="A1:K1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="34.7109375" style="1" customWidth="1"/>
     <col min="2" max="5" width="9.7109375" style="1" customWidth="1"/>
     <col min="6" max="9" width="10.7109375" style="1" customWidth="1"/>
     <col min="10" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="255" t="s">
         <v>114</v>
       </c>
-      <c r="B1" s="210"/>
-[...6 lines deleted...]
-      <c r="I1" s="210"/>
+      <c r="B1" s="196"/>
+      <c r="C1" s="196"/>
+      <c r="D1" s="196"/>
+      <c r="E1" s="196"/>
+      <c r="F1" s="196"/>
+      <c r="G1" s="196"/>
+      <c r="H1" s="196"/>
+      <c r="I1" s="196"/>
     </row>
     <row r="2" spans="1:14" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="12"/>
       <c r="B2" s="12"/>
       <c r="C2" s="12"/>
       <c r="D2" s="12"/>
     </row>
     <row r="3" spans="1:14" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="253" t="s">
         <v>117</v>
       </c>
       <c r="B3" s="253"/>
       <c r="C3" s="253"/>
       <c r="D3" s="253"/>
       <c r="E3" s="253"/>
       <c r="F3" s="253"/>
       <c r="G3" s="253"/>
       <c r="H3" s="253"/>
       <c r="I3" s="253"/>
       <c r="J3" s="253"/>
     </row>
     <row r="4" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="207" t="s">
+      <c r="A4" s="199" t="s">
         <v>116</v>
       </c>
-      <c r="B4" s="207"/>
-[...6 lines deleted...]
-      <c r="I4" s="207"/>
+      <c r="B4" s="199"/>
+      <c r="C4" s="199"/>
+      <c r="D4" s="199"/>
+      <c r="E4" s="199"/>
+      <c r="F4" s="199"/>
+      <c r="G4" s="199"/>
+      <c r="H4" s="199"/>
+      <c r="I4" s="199"/>
     </row>
     <row r="5" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="208"/>
-      <c r="B5" s="209" t="s">
+      <c r="A5" s="200"/>
+      <c r="B5" s="201" t="s">
         <v>2</v>
       </c>
-      <c r="C5" s="209"/>
-[...1 lines deleted...]
-      <c r="E5" s="209"/>
+      <c r="C5" s="201"/>
+      <c r="D5" s="201"/>
+      <c r="E5" s="201"/>
       <c r="F5" s="230" t="s">
         <v>3</v>
       </c>
-      <c r="G5" s="239"/>
-[...1 lines deleted...]
-      <c r="I5" s="239"/>
+      <c r="G5" s="251"/>
+      <c r="H5" s="251"/>
+      <c r="I5" s="251"/>
     </row>
     <row r="6" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="208"/>
+      <c r="A6" s="200"/>
       <c r="B6" s="47">
         <v>2019</v>
       </c>
       <c r="C6" s="47">
         <v>2020</v>
       </c>
       <c r="D6" s="47" t="s">
         <v>34</v>
       </c>
       <c r="E6" s="47" t="s">
         <v>17</v>
       </c>
       <c r="F6" s="26">
         <v>2019</v>
       </c>
       <c r="G6" s="47">
         <v>2020</v>
       </c>
       <c r="H6" s="47" t="s">
         <v>34</v>
       </c>
       <c r="I6" s="47" t="s">
         <v>17</v>
       </c>
     </row>
@@ -12296,64 +12296,64 @@
       <c r="G18" s="42">
         <v>100</v>
       </c>
       <c r="H18" s="42">
         <v>100</v>
       </c>
       <c r="I18" s="42">
         <v>100</v>
       </c>
       <c r="M18" s="6"/>
       <c r="N18" s="48"/>
     </row>
     <row r="19" spans="1:14" ht="3" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="7"/>
       <c r="B19" s="7"/>
       <c r="C19" s="7"/>
       <c r="D19" s="7"/>
       <c r="E19" s="7"/>
       <c r="F19" s="8"/>
       <c r="G19" s="8"/>
       <c r="H19" s="8"/>
       <c r="I19" s="8"/>
       <c r="N19" s="6"/>
     </row>
     <row r="20" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="233" t="s">
+      <c r="A20" s="235" t="s">
         <v>115</v>
       </c>
-      <c r="B20" s="233"/>
-      <c r="C20" s="233"/>
+      <c r="B20" s="235"/>
+      <c r="C20" s="235"/>
       <c r="F20" s="93"/>
       <c r="G20" s="93"/>
       <c r="H20" s="93"/>
       <c r="I20" s="93"/>
     </row>
     <row r="21" spans="1:14" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="233"/>
-[...1 lines deleted...]
-      <c r="C21" s="233"/>
+      <c r="A21" s="235"/>
+      <c r="B21" s="235"/>
+      <c r="C21" s="235"/>
       <c r="E21" s="93"/>
       <c r="F21" s="93"/>
       <c r="G21" s="93"/>
       <c r="H21" s="93"/>
       <c r="I21" s="93"/>
     </row>
     <row r="22" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="151"/>
       <c r="B22" s="151"/>
       <c r="C22" s="10"/>
       <c r="D22" s="10"/>
       <c r="E22" s="10"/>
       <c r="F22" s="11"/>
     </row>
     <row r="23" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A23" s="151"/>
       <c r="B23" s="151"/>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="A20:C21"/>
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A4:I4"/>
     <mergeCell ref="A5:A6"/>
     <mergeCell ref="B5:E5"/>